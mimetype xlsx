--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -1399,51 +1399,51 @@
       </c>
       <c r="C28">
         <v>500513</v>
       </c>
       <c r="D28">
         <v>292516746</v>
       </c>
       <c r="E28" t="s">
         <v>57</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70330206</v>
+        <v>70772084</v>
       </c>
       <c r="B29">
         <v>2.9251674650051E+14</v>
       </c>
       <c r="C29">
         <v>500513</v>
       </c>
       <c r="D29">
         <v>292516746</v>
       </c>
       <c r="E29" t="s">
         <v>62</v>
       </c>
       <c r="F29" t="s">
         <v>63</v>
       </c>
       <c r="G29" t="s">
         <v>64</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="30" spans="1:9">
@@ -1484,105 +1484,105 @@
       </c>
       <c r="C31">
         <v>500513</v>
       </c>
       <c r="D31">
         <v>292516746</v>
       </c>
       <c r="E31" t="s">
         <v>57</v>
       </c>
       <c r="F31" t="s">
         <v>58</v>
       </c>
       <c r="G31" t="s">
         <v>66</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70330210</v>
+        <v>70772086</v>
       </c>
       <c r="B32">
         <v>2.9251674650051E+14</v>
       </c>
       <c r="C32">
         <v>500513</v>
       </c>
       <c r="D32">
         <v>292516746</v>
       </c>
       <c r="E32" t="s">
         <v>62</v>
       </c>
       <c r="F32" t="s">
         <v>67</v>
       </c>
       <c r="G32" t="s">
         <v>68</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70330211</v>
+        <v>70772087</v>
       </c>
       <c r="B33">
         <v>2.9251674650051E+14</v>
       </c>
       <c r="C33">
         <v>500513</v>
       </c>
       <c r="D33">
         <v>292516746</v>
       </c>
       <c r="E33" t="s">
         <v>62</v>
       </c>
       <c r="F33" t="s">
         <v>69</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70330208</v>
+        <v>70772085</v>
       </c>
       <c r="B34">
         <v>2.9251674650051E+14</v>
       </c>
       <c r="C34">
         <v>500513</v>
       </c>
       <c r="D34">
         <v>292516746</v>
       </c>
       <c r="E34" t="s">
         <v>62</v>
       </c>
       <c r="F34" t="s">
         <v>71</v>
       </c>
       <c r="G34" t="s">
         <v>72</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>