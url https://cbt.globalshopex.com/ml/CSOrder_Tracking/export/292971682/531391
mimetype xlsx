--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -722,51 +722,51 @@
       </c>
       <c r="C6">
         <v>531391</v>
       </c>
       <c r="D6">
         <v>292971682</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69895822</v>
+        <v>70713189</v>
       </c>
       <c r="B7">
         <v>2.9297168253139E+14</v>
       </c>
       <c r="C7">
         <v>531391</v>
       </c>
       <c r="D7">
         <v>292971682</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:9">
@@ -1155,132 +1155,132 @@
       </c>
       <c r="C21">
         <v>531391</v>
       </c>
       <c r="D21">
         <v>292971682</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69895821</v>
+        <v>70713188</v>
       </c>
       <c r="B22">
         <v>2.9297168253139E+14</v>
       </c>
       <c r="C22">
         <v>531391</v>
       </c>
       <c r="D22">
         <v>292971682</v>
       </c>
       <c r="E22" t="s">
         <v>23</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69895824</v>
+        <v>70713191</v>
       </c>
       <c r="B23">
         <v>2.9297168253139E+14</v>
       </c>
       <c r="C23">
         <v>531391</v>
       </c>
       <c r="D23">
         <v>292971682</v>
       </c>
       <c r="E23" t="s">
         <v>23</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69895825</v>
+        <v>70713192</v>
       </c>
       <c r="B24">
         <v>2.9297168253139E+14</v>
       </c>
       <c r="C24">
         <v>531391</v>
       </c>
       <c r="D24">
         <v>292971682</v>
       </c>
       <c r="E24" t="s">
         <v>23</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69895823</v>
+        <v>70713190</v>
       </c>
       <c r="B25">
         <v>2.9297168253139E+14</v>
       </c>
       <c r="C25">
         <v>531391</v>
       </c>
       <c r="D25">
         <v>292971682</v>
       </c>
       <c r="E25" t="s">
         <v>23</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>