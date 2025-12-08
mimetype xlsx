--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -1140,51 +1140,51 @@
       </c>
       <c r="C20">
         <v>497008</v>
       </c>
       <c r="D20">
         <v>292975646</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>47</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69872691</v>
+        <v>70330362</v>
       </c>
       <c r="B21">
         <v>2.9297564649701E+14</v>
       </c>
       <c r="C21">
         <v>497008</v>
       </c>
       <c r="D21">
         <v>292975646</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:9">
@@ -1254,105 +1254,105 @@
       </c>
       <c r="C24">
         <v>497008</v>
       </c>
       <c r="D24">
         <v>292975646</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69872693</v>
+        <v>70330364</v>
       </c>
       <c r="B25">
         <v>2.9297564649701E+14</v>
       </c>
       <c r="C25">
         <v>497008</v>
       </c>
       <c r="D25">
         <v>292975646</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69872694</v>
+        <v>70330365</v>
       </c>
       <c r="B26">
         <v>2.9297564649701E+14</v>
       </c>
       <c r="C26">
         <v>497008</v>
       </c>
       <c r="D26">
         <v>292975646</v>
       </c>
       <c r="E26" t="s">
         <v>49</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69872692</v>
+        <v>70330363</v>
       </c>
       <c r="B27">
         <v>2.9297564649701E+14</v>
       </c>
       <c r="C27">
         <v>497008</v>
       </c>
       <c r="D27">
         <v>292975646</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27" t="s">
         <v>63</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>