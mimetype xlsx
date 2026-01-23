--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1140,51 +1140,51 @@
       </c>
       <c r="C20">
         <v>497008</v>
       </c>
       <c r="D20">
         <v>292975646</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>47</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70330362</v>
+        <v>70772985</v>
       </c>
       <c r="B21">
         <v>2.9297564649701E+14</v>
       </c>
       <c r="C21">
         <v>497008</v>
       </c>
       <c r="D21">
         <v>292975646</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:9">
@@ -1254,105 +1254,105 @@
       </c>
       <c r="C24">
         <v>497008</v>
       </c>
       <c r="D24">
         <v>292975646</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70330364</v>
+        <v>70772990</v>
       </c>
       <c r="B25">
         <v>2.9297564649701E+14</v>
       </c>
       <c r="C25">
         <v>497008</v>
       </c>
       <c r="D25">
         <v>292975646</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70330365</v>
+        <v>70772991</v>
       </c>
       <c r="B26">
         <v>2.9297564649701E+14</v>
       </c>
       <c r="C26">
         <v>497008</v>
       </c>
       <c r="D26">
         <v>292975646</v>
       </c>
       <c r="E26" t="s">
         <v>49</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70330363</v>
+        <v>70772987</v>
       </c>
       <c r="B27">
         <v>2.9297564649701E+14</v>
       </c>
       <c r="C27">
         <v>497008</v>
       </c>
       <c r="D27">
         <v>292975646</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27" t="s">
         <v>63</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>