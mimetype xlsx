--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -559,51 +559,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69909846</v>
+        <v>70715739</v>
       </c>
       <c r="B2">
         <v>2.9331886252018E+14</v>
       </c>
       <c r="C2">
         <v>520182</v>
       </c>
       <c r="D2">
         <v>293318862</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1108,105 +1108,105 @@
       </c>
       <c r="C20">
         <v>520182</v>
       </c>
       <c r="D20">
         <v>293318862</v>
       </c>
       <c r="E20" t="s">
         <v>42</v>
       </c>
       <c r="F20" t="s">
         <v>46</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20" t="s">
         <v>15</v>
       </c>
       <c r="I20" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69909847</v>
+        <v>70715740</v>
       </c>
       <c r="B21">
         <v>2.9331886252018E+14</v>
       </c>
       <c r="C21">
         <v>520182</v>
       </c>
       <c r="D21">
         <v>293318862</v>
       </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69909848</v>
+        <v>70715741</v>
       </c>
       <c r="B22">
         <v>2.9331886252018E+14</v>
       </c>
       <c r="C22">
         <v>520182</v>
       </c>
       <c r="D22">
         <v>293318862</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
       <c r="F22" t="s">
         <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69909849</v>
+        <v>70715742</v>
       </c>
       <c r="B23">
         <v>2.9331886252018E+14</v>
       </c>
       <c r="C23">
         <v>520182</v>
       </c>
       <c r="D23">
         <v>293318862</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>52</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>