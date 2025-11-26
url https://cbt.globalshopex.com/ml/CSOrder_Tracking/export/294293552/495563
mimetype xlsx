--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -690,51 +690,51 @@
       </c>
       <c r="C5">
         <v>495563</v>
       </c>
       <c r="D5">
         <v>294293552</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69877045</v>
+        <v>70260347</v>
       </c>
       <c r="B6">
         <v>2.9429355249556E+14</v>
       </c>
       <c r="C6">
         <v>495563</v>
       </c>
       <c r="D6">
         <v>294293552</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
@@ -1152,105 +1152,105 @@
       </c>
       <c r="C21">
         <v>495563</v>
       </c>
       <c r="D21">
         <v>294293552</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>33</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69877046</v>
+        <v>70260348</v>
       </c>
       <c r="B22">
         <v>2.9429355249556E+14</v>
       </c>
       <c r="C22">
         <v>495563</v>
       </c>
       <c r="D22">
         <v>294293552</v>
       </c>
       <c r="E22" t="s">
         <v>22</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69877047</v>
+        <v>70260349</v>
       </c>
       <c r="B23">
         <v>2.9429355249556E+14</v>
       </c>
       <c r="C23">
         <v>495563</v>
       </c>
       <c r="D23">
         <v>294293552</v>
       </c>
       <c r="E23" t="s">
         <v>22</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69877048</v>
+        <v>70260350</v>
       </c>
       <c r="B24">
         <v>2.9429355249556E+14</v>
       </c>
       <c r="C24">
         <v>495563</v>
       </c>
       <c r="D24">
         <v>294293552</v>
       </c>
       <c r="E24" t="s">
         <v>22</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>