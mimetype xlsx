--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -690,51 +690,51 @@
       </c>
       <c r="C5">
         <v>495563</v>
       </c>
       <c r="D5">
         <v>294293552</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70260347</v>
+        <v>70658661</v>
       </c>
       <c r="B6">
         <v>2.9429355249556E+14</v>
       </c>
       <c r="C6">
         <v>495563</v>
       </c>
       <c r="D6">
         <v>294293552</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
@@ -1152,105 +1152,105 @@
       </c>
       <c r="C21">
         <v>495563</v>
       </c>
       <c r="D21">
         <v>294293552</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>33</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70260348</v>
+        <v>70658663</v>
       </c>
       <c r="B22">
         <v>2.9429355249556E+14</v>
       </c>
       <c r="C22">
         <v>495563</v>
       </c>
       <c r="D22">
         <v>294293552</v>
       </c>
       <c r="E22" t="s">
         <v>22</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70260349</v>
+        <v>70658666</v>
       </c>
       <c r="B23">
         <v>2.9429355249556E+14</v>
       </c>
       <c r="C23">
         <v>495563</v>
       </c>
       <c r="D23">
         <v>294293552</v>
       </c>
       <c r="E23" t="s">
         <v>22</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70260350</v>
+        <v>70658667</v>
       </c>
       <c r="B24">
         <v>2.9429355249556E+14</v>
       </c>
       <c r="C24">
         <v>495563</v>
       </c>
       <c r="D24">
         <v>294293552</v>
       </c>
       <c r="E24" t="s">
         <v>22</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>