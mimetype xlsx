--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -876,51 +876,51 @@
       </c>
       <c r="C11">
         <v>499210</v>
       </c>
       <c r="D11">
         <v>294379242</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>29</v>
       </c>
       <c r="G11" t="s">
         <v>31</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69860720</v>
+        <v>70264692</v>
       </c>
       <c r="B12">
         <v>2.9437924249921E+14</v>
       </c>
       <c r="C12">
         <v>499210</v>
       </c>
       <c r="D12">
         <v>294379242</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1280,105 +1280,105 @@
       </c>
       <c r="C25">
         <v>499210</v>
       </c>
       <c r="D25">
         <v>294379242</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>29</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69860722</v>
+        <v>70264694</v>
       </c>
       <c r="B26">
         <v>2.9437924249921E+14</v>
       </c>
       <c r="C26">
         <v>499210</v>
       </c>
       <c r="D26">
         <v>294379242</v>
       </c>
       <c r="E26" t="s">
         <v>32</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69860723</v>
+        <v>70264695</v>
       </c>
       <c r="B27">
         <v>2.9437924249921E+14</v>
       </c>
       <c r="C27">
         <v>499210</v>
       </c>
       <c r="D27">
         <v>294379242</v>
       </c>
       <c r="E27" t="s">
         <v>32</v>
       </c>
       <c r="F27" t="s">
         <v>59</v>
       </c>
       <c r="G27" t="s">
         <v>60</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69860721</v>
+        <v>70264693</v>
       </c>
       <c r="B28">
         <v>2.9437924249921E+14</v>
       </c>
       <c r="C28">
         <v>499210</v>
       </c>
       <c r="D28">
         <v>294379242</v>
       </c>
       <c r="E28" t="s">
         <v>32</v>
       </c>
       <c r="F28" t="s">
         <v>61</v>
       </c>
       <c r="G28" t="s">
         <v>62</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>