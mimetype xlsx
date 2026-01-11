--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -876,51 +876,51 @@
       </c>
       <c r="C11">
         <v>499210</v>
       </c>
       <c r="D11">
         <v>294379242</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>29</v>
       </c>
       <c r="G11" t="s">
         <v>31</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70264692</v>
+        <v>70571760</v>
       </c>
       <c r="B12">
         <v>2.9437924249921E+14</v>
       </c>
       <c r="C12">
         <v>499210</v>
       </c>
       <c r="D12">
         <v>294379242</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1280,105 +1280,105 @@
       </c>
       <c r="C25">
         <v>499210</v>
       </c>
       <c r="D25">
         <v>294379242</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>29</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70264694</v>
+        <v>70571762</v>
       </c>
       <c r="B26">
         <v>2.9437924249921E+14</v>
       </c>
       <c r="C26">
         <v>499210</v>
       </c>
       <c r="D26">
         <v>294379242</v>
       </c>
       <c r="E26" t="s">
         <v>32</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70264695</v>
+        <v>70571763</v>
       </c>
       <c r="B27">
         <v>2.9437924249921E+14</v>
       </c>
       <c r="C27">
         <v>499210</v>
       </c>
       <c r="D27">
         <v>294379242</v>
       </c>
       <c r="E27" t="s">
         <v>32</v>
       </c>
       <c r="F27" t="s">
         <v>59</v>
       </c>
       <c r="G27" t="s">
         <v>60</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70264693</v>
+        <v>70571761</v>
       </c>
       <c r="B28">
         <v>2.9437924249921E+14</v>
       </c>
       <c r="C28">
         <v>499210</v>
       </c>
       <c r="D28">
         <v>294379242</v>
       </c>
       <c r="E28" t="s">
         <v>32</v>
       </c>
       <c r="F28" t="s">
         <v>61</v>
       </c>
       <c r="G28" t="s">
         <v>62</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>