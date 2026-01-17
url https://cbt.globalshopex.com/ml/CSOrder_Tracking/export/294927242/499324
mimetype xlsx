--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1335,51 +1335,51 @@
       </c>
       <c r="C26">
         <v>499324</v>
       </c>
       <c r="D26">
         <v>294927242</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>45</v>
       </c>
       <c r="G26" t="s">
         <v>48</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70286338</v>
+        <v>70741243</v>
       </c>
       <c r="B27">
         <v>2.9492724249932E+14</v>
       </c>
       <c r="C27">
         <v>499324</v>
       </c>
       <c r="D27">
         <v>294927242</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27" t="s">
         <v>50</v>
       </c>
       <c r="G27" t="s">
         <v>51</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:9">
@@ -1565,105 +1565,105 @@
       </c>
       <c r="C34">
         <v>499324</v>
       </c>
       <c r="D34">
         <v>294927242</v>
       </c>
       <c r="E34" t="s">
         <v>17</v>
       </c>
       <c r="F34" t="s">
         <v>28</v>
       </c>
       <c r="G34" t="s">
         <v>64</v>
       </c>
       <c r="H34" t="s">
         <v>12</v>
       </c>
       <c r="I34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70286340</v>
+        <v>70741247</v>
       </c>
       <c r="B35">
         <v>2.9492724249932E+14</v>
       </c>
       <c r="C35">
         <v>499324</v>
       </c>
       <c r="D35">
         <v>294927242</v>
       </c>
       <c r="E35" t="s">
         <v>49</v>
       </c>
       <c r="F35" t="s">
         <v>65</v>
       </c>
       <c r="G35" t="s">
         <v>66</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>70286339</v>
+        <v>70741244</v>
       </c>
       <c r="B36">
         <v>2.9492724249932E+14</v>
       </c>
       <c r="C36">
         <v>499324</v>
       </c>
       <c r="D36">
         <v>294927242</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36" t="s">
         <v>67</v>
       </c>
       <c r="G36" t="s">
         <v>68</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>70286341</v>
+        <v>70741248</v>
       </c>
       <c r="B37">
         <v>2.9492724249932E+14</v>
       </c>
       <c r="C37">
         <v>499324</v>
       </c>
       <c r="D37">
         <v>294927242</v>
       </c>
       <c r="E37" t="s">
         <v>49</v>
       </c>
       <c r="F37" t="s">
         <v>69</v>
       </c>
       <c r="G37" t="s">
         <v>70</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>