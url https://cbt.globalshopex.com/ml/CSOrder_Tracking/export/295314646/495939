--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1213,51 +1213,51 @@
       </c>
       <c r="C22">
         <v>495939</v>
       </c>
       <c r="D22">
         <v>295314646</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69875411</v>
+        <v>70330366</v>
       </c>
       <c r="B23">
         <v>2.9531464649594E+14</v>
       </c>
       <c r="C23">
         <v>495939</v>
       </c>
       <c r="D23">
         <v>295314646</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:9">
@@ -1385,105 +1385,105 @@
       </c>
       <c r="C28">
         <v>495939</v>
       </c>
       <c r="D28">
         <v>295314646</v>
       </c>
       <c r="E28" t="s">
         <v>56</v>
       </c>
       <c r="F28" t="s">
         <v>59</v>
       </c>
       <c r="G28" t="s">
         <v>62</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69875413</v>
+        <v>70330368</v>
       </c>
       <c r="B29">
         <v>2.9531464649594E+14</v>
       </c>
       <c r="C29">
         <v>495939</v>
       </c>
       <c r="D29">
         <v>295314646</v>
       </c>
       <c r="E29" t="s">
         <v>52</v>
       </c>
       <c r="F29" t="s">
         <v>63</v>
       </c>
       <c r="G29" t="s">
         <v>64</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69875414</v>
+        <v>70330369</v>
       </c>
       <c r="B30">
         <v>2.9531464649594E+14</v>
       </c>
       <c r="C30">
         <v>495939</v>
       </c>
       <c r="D30">
         <v>295314646</v>
       </c>
       <c r="E30" t="s">
         <v>52</v>
       </c>
       <c r="F30" t="s">
         <v>65</v>
       </c>
       <c r="G30" t="s">
         <v>66</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69875412</v>
+        <v>70330367</v>
       </c>
       <c r="B31">
         <v>2.9531464649594E+14</v>
       </c>
       <c r="C31">
         <v>495939</v>
       </c>
       <c r="D31">
         <v>295314646</v>
       </c>
       <c r="E31" t="s">
         <v>52</v>
       </c>
       <c r="F31" t="s">
         <v>67</v>
       </c>
       <c r="G31" t="s">
         <v>68</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>