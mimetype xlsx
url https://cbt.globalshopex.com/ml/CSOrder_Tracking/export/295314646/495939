--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1213,51 +1213,51 @@
       </c>
       <c r="C22">
         <v>495939</v>
       </c>
       <c r="D22">
         <v>295314646</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70330366</v>
+        <v>70772952</v>
       </c>
       <c r="B23">
         <v>2.9531464649594E+14</v>
       </c>
       <c r="C23">
         <v>495939</v>
       </c>
       <c r="D23">
         <v>295314646</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:9">
@@ -1385,105 +1385,105 @@
       </c>
       <c r="C28">
         <v>495939</v>
       </c>
       <c r="D28">
         <v>295314646</v>
       </c>
       <c r="E28" t="s">
         <v>56</v>
       </c>
       <c r="F28" t="s">
         <v>59</v>
       </c>
       <c r="G28" t="s">
         <v>62</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70330368</v>
+        <v>70772954</v>
       </c>
       <c r="B29">
         <v>2.9531464649594E+14</v>
       </c>
       <c r="C29">
         <v>495939</v>
       </c>
       <c r="D29">
         <v>295314646</v>
       </c>
       <c r="E29" t="s">
         <v>52</v>
       </c>
       <c r="F29" t="s">
         <v>63</v>
       </c>
       <c r="G29" t="s">
         <v>64</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70330369</v>
+        <v>70772955</v>
       </c>
       <c r="B30">
         <v>2.9531464649594E+14</v>
       </c>
       <c r="C30">
         <v>495939</v>
       </c>
       <c r="D30">
         <v>295314646</v>
       </c>
       <c r="E30" t="s">
         <v>52</v>
       </c>
       <c r="F30" t="s">
         <v>65</v>
       </c>
       <c r="G30" t="s">
         <v>66</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70330367</v>
+        <v>70772953</v>
       </c>
       <c r="B31">
         <v>2.9531464649594E+14</v>
       </c>
       <c r="C31">
         <v>495939</v>
       </c>
       <c r="D31">
         <v>295314646</v>
       </c>
       <c r="E31" t="s">
         <v>52</v>
       </c>
       <c r="F31" t="s">
         <v>67</v>
       </c>
       <c r="G31" t="s">
         <v>68</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>