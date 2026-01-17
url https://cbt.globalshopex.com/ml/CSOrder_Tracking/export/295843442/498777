--- v0 (2025-10-11)
+++ v1 (2026-01-17)
@@ -908,51 +908,51 @@
       </c>
       <c r="C12">
         <v>498777</v>
       </c>
       <c r="D12">
         <v>295843442</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12" t="s">
         <v>32</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69870992</v>
+        <v>70741653</v>
       </c>
       <c r="B13">
         <v>2.9584344249878E+14</v>
       </c>
       <c r="C13">
         <v>498777</v>
       </c>
       <c r="D13">
         <v>295843442</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:9">
@@ -1312,105 +1312,105 @@
       </c>
       <c r="C26">
         <v>498777</v>
       </c>
       <c r="D26">
         <v>295843442</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>30</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69870994</v>
+        <v>70741655</v>
       </c>
       <c r="B27">
         <v>2.9584344249878E+14</v>
       </c>
       <c r="C27">
         <v>498777</v>
       </c>
       <c r="D27">
         <v>295843442</v>
       </c>
       <c r="E27" t="s">
         <v>33</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69870995</v>
+        <v>70741656</v>
       </c>
       <c r="B28">
         <v>2.9584344249878E+14</v>
       </c>
       <c r="C28">
         <v>498777</v>
       </c>
       <c r="D28">
         <v>295843442</v>
       </c>
       <c r="E28" t="s">
         <v>33</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69870993</v>
+        <v>70741654</v>
       </c>
       <c r="B29">
         <v>2.9584344249878E+14</v>
       </c>
       <c r="C29">
         <v>498777</v>
       </c>
       <c r="D29">
         <v>295843442</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>