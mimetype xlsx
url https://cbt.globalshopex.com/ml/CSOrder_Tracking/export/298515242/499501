--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -826,51 +826,51 @@
       </c>
       <c r="C10">
         <v>499501</v>
       </c>
       <c r="D10">
         <v>298515242</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10" t="s">
         <v>30</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70047846</v>
+        <v>70741257</v>
       </c>
       <c r="B11">
         <v>2.985152424995E+14</v>
       </c>
       <c r="C11">
         <v>499501</v>
       </c>
       <c r="D11">
         <v>298515242</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:9">
@@ -1085,105 +1085,105 @@
       </c>
       <c r="C19">
         <v>499501</v>
       </c>
       <c r="D19">
         <v>298515242</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>27</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70047848</v>
+        <v>70741263</v>
       </c>
       <c r="B20">
         <v>2.985152424995E+14</v>
       </c>
       <c r="C20">
         <v>499501</v>
       </c>
       <c r="D20">
         <v>298515242</v>
       </c>
       <c r="E20" t="s">
         <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70047849</v>
+        <v>70741264</v>
       </c>
       <c r="B21">
         <v>2.985152424995E+14</v>
       </c>
       <c r="C21">
         <v>499501</v>
       </c>
       <c r="D21">
         <v>298515242</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21" t="s">
         <v>53</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70047847</v>
+        <v>70741258</v>
       </c>
       <c r="B22">
         <v>2.985152424995E+14</v>
       </c>
       <c r="C22">
         <v>499501</v>
       </c>
       <c r="D22">
         <v>298515242</v>
       </c>
       <c r="E22" t="s">
         <v>31</v>
       </c>
       <c r="F22" t="s">
         <v>54</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>