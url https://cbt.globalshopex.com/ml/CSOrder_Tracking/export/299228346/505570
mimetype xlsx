--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -921,132 +921,132 @@
       </c>
       <c r="C14">
         <v>505570</v>
       </c>
       <c r="D14">
         <v>299228346</v>
       </c>
       <c r="E14" t="s">
         <v>35</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69642406</v>
+        <v>70330137</v>
       </c>
       <c r="B15">
         <v>2.9922834650557E+14</v>
       </c>
       <c r="C15">
         <v>505570</v>
       </c>
       <c r="D15">
         <v>299228346</v>
       </c>
       <c r="E15" t="s">
         <v>40</v>
       </c>
       <c r="F15" t="s">
         <v>41</v>
       </c>
       <c r="G15" t="s">
         <v>42</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69642407</v>
+        <v>70330139</v>
       </c>
       <c r="B16">
         <v>2.9922834650557E+14</v>
       </c>
       <c r="C16">
         <v>505570</v>
       </c>
       <c r="D16">
         <v>299228346</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69642408</v>
+        <v>70330142</v>
       </c>
       <c r="B17">
         <v>2.9922834650557E+14</v>
       </c>
       <c r="C17">
         <v>505570</v>
       </c>
       <c r="D17">
         <v>299228346</v>
       </c>
       <c r="E17" t="s">
         <v>40</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69642409</v>
+        <v>70330143</v>
       </c>
       <c r="B18">
         <v>2.9922834650557E+14</v>
       </c>
       <c r="C18">
         <v>505570</v>
       </c>
       <c r="D18">
         <v>299228346</v>
       </c>
       <c r="E18" t="s">
         <v>40</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>