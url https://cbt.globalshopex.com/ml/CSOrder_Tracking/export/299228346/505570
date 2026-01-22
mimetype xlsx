--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -921,132 +921,132 @@
       </c>
       <c r="C14">
         <v>505570</v>
       </c>
       <c r="D14">
         <v>299228346</v>
       </c>
       <c r="E14" t="s">
         <v>35</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70330137</v>
+        <v>70772130</v>
       </c>
       <c r="B15">
         <v>2.9922834650557E+14</v>
       </c>
       <c r="C15">
         <v>505570</v>
       </c>
       <c r="D15">
         <v>299228346</v>
       </c>
       <c r="E15" t="s">
         <v>40</v>
       </c>
       <c r="F15" t="s">
         <v>41</v>
       </c>
       <c r="G15" t="s">
         <v>42</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70330139</v>
+        <v>70772131</v>
       </c>
       <c r="B16">
         <v>2.9922834650557E+14</v>
       </c>
       <c r="C16">
         <v>505570</v>
       </c>
       <c r="D16">
         <v>299228346</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70330142</v>
+        <v>70772132</v>
       </c>
       <c r="B17">
         <v>2.9922834650557E+14</v>
       </c>
       <c r="C17">
         <v>505570</v>
       </c>
       <c r="D17">
         <v>299228346</v>
       </c>
       <c r="E17" t="s">
         <v>40</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70330143</v>
+        <v>70772133</v>
       </c>
       <c r="B18">
         <v>2.9922834650557E+14</v>
       </c>
       <c r="C18">
         <v>505570</v>
       </c>
       <c r="D18">
         <v>299228346</v>
       </c>
       <c r="E18" t="s">
         <v>40</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>