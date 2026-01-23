--- v0 (2025-10-11)
+++ v1 (2026-01-23)
@@ -988,51 +988,51 @@
       </c>
       <c r="C13">
         <v>497982</v>
       </c>
       <c r="D13">
         <v>299618946</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69874315</v>
+        <v>70772613</v>
       </c>
       <c r="B14">
         <v>2.9961894649798E+14</v>
       </c>
       <c r="C14">
         <v>497982</v>
       </c>
       <c r="D14">
         <v>299618946</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>38</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -1566,105 +1566,105 @@
       </c>
       <c r="C33">
         <v>497982</v>
       </c>
       <c r="D33">
         <v>299618946</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="F33" t="s">
         <v>50</v>
       </c>
       <c r="G33" t="s">
         <v>74</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69874316</v>
+        <v>70772616</v>
       </c>
       <c r="B34">
         <v>2.9961894649798E+14</v>
       </c>
       <c r="C34">
         <v>497982</v>
       </c>
       <c r="D34">
         <v>299618946</v>
       </c>
       <c r="E34" t="s">
         <v>36</v>
       </c>
       <c r="F34" t="s">
         <v>75</v>
       </c>
       <c r="G34" t="s">
         <v>76</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69874317</v>
+        <v>70772620</v>
       </c>
       <c r="B35">
         <v>2.9961894649798E+14</v>
       </c>
       <c r="C35">
         <v>497982</v>
       </c>
       <c r="D35">
         <v>299618946</v>
       </c>
       <c r="E35" t="s">
         <v>36</v>
       </c>
       <c r="F35" t="s">
         <v>77</v>
       </c>
       <c r="G35" t="s">
         <v>78</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>69874318</v>
+        <v>70772622</v>
       </c>
       <c r="B36">
         <v>2.9961894649798E+14</v>
       </c>
       <c r="C36">
         <v>497982</v>
       </c>
       <c r="D36">
         <v>299618946</v>
       </c>
       <c r="E36" t="s">
         <v>36</v>
       </c>
       <c r="F36" t="s">
         <v>79</v>
       </c>
       <c r="G36" t="s">
         <v>80</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>