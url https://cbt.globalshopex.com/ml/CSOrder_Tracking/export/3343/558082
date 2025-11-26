--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -526,78 +526,78 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69858891</v>
+        <v>70173040</v>
       </c>
       <c r="B2">
         <v>3343558082</v>
       </c>
       <c r="C2">
         <v>558082</v>
       </c>
       <c r="D2">
         <v>3343</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69858890</v>
+        <v>70173039</v>
       </c>
       <c r="B3">
         <v>3343558082</v>
       </c>
       <c r="C3">
         <v>558082</v>
       </c>
       <c r="D3">
         <v>3343</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -899,78 +899,78 @@
       </c>
       <c r="C14">
         <v>558082</v>
       </c>
       <c r="D14">
         <v>3343</v>
       </c>
       <c r="E14" t="s">
         <v>19</v>
       </c>
       <c r="F14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>38</v>
       </c>
       <c r="H14" t="s">
         <v>18</v>
       </c>
       <c r="I14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69858892</v>
+        <v>70173041</v>
       </c>
       <c r="B15">
         <v>3343558082</v>
       </c>
       <c r="C15">
         <v>558082</v>
       </c>
       <c r="D15">
         <v>3343</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" t="s">
         <v>39</v>
       </c>
       <c r="G15" t="s">
         <v>40</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69858893</v>
+        <v>70173042</v>
       </c>
       <c r="B16">
         <v>3343558082</v>
       </c>
       <c r="C16">
         <v>558082</v>
       </c>
       <c r="D16">
         <v>3343</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
         <v>41</v>
       </c>
       <c r="G16" t="s">
         <v>42</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>