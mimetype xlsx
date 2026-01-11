--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -526,78 +526,78 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70173040</v>
+        <v>70586576</v>
       </c>
       <c r="B2">
         <v>3343558082</v>
       </c>
       <c r="C2">
         <v>558082</v>
       </c>
       <c r="D2">
         <v>3343</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70173039</v>
+        <v>70586575</v>
       </c>
       <c r="B3">
         <v>3343558082</v>
       </c>
       <c r="C3">
         <v>558082</v>
       </c>
       <c r="D3">
         <v>3343</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -899,78 +899,78 @@
       </c>
       <c r="C14">
         <v>558082</v>
       </c>
       <c r="D14">
         <v>3343</v>
       </c>
       <c r="E14" t="s">
         <v>19</v>
       </c>
       <c r="F14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>38</v>
       </c>
       <c r="H14" t="s">
         <v>18</v>
       </c>
       <c r="I14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70173041</v>
+        <v>70586577</v>
       </c>
       <c r="B15">
         <v>3343558082</v>
       </c>
       <c r="C15">
         <v>558082</v>
       </c>
       <c r="D15">
         <v>3343</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" t="s">
         <v>39</v>
       </c>
       <c r="G15" t="s">
         <v>40</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70173042</v>
+        <v>70586578</v>
       </c>
       <c r="B16">
         <v>3343558082</v>
       </c>
       <c r="C16">
         <v>558082</v>
       </c>
       <c r="D16">
         <v>3343</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
         <v>41</v>
       </c>
       <c r="G16" t="s">
         <v>42</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>