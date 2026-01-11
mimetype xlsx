--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -592,712 +592,712 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70595461</v>
+        <v>70621708</v>
       </c>
       <c r="B2">
         <v>1026579960</v>
       </c>
       <c r="C2">
         <v>587039</v>
       </c>
       <c r="D2">
         <v>3790065034</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70595460</v>
+        <v>70621707</v>
       </c>
       <c r="B3">
         <v>1026579960</v>
       </c>
       <c r="C3">
         <v>587039</v>
       </c>
       <c r="D3">
         <v>3790065034</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70595459</v>
+        <v>70621706</v>
       </c>
       <c r="B4">
         <v>1026579960</v>
       </c>
       <c r="C4">
         <v>587039</v>
       </c>
       <c r="D4">
         <v>3790065034</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70595458</v>
+        <v>70621705</v>
       </c>
       <c r="B5">
         <v>1026579960</v>
       </c>
       <c r="C5">
         <v>587039</v>
       </c>
       <c r="D5">
         <v>3790065034</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70595457</v>
+        <v>70621704</v>
       </c>
       <c r="B6">
         <v>1026579960</v>
       </c>
       <c r="C6">
         <v>587039</v>
       </c>
       <c r="D6">
         <v>3790065034</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70595456</v>
+        <v>70621703</v>
       </c>
       <c r="B7">
         <v>1026579960</v>
       </c>
       <c r="C7">
         <v>587039</v>
       </c>
       <c r="D7">
         <v>3790065034</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70595455</v>
+        <v>70621702</v>
       </c>
       <c r="B8">
         <v>1026579960</v>
       </c>
       <c r="C8">
         <v>587039</v>
       </c>
       <c r="D8">
         <v>3790065034</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70595454</v>
+        <v>70621701</v>
       </c>
       <c r="B9">
         <v>1026579960</v>
       </c>
       <c r="C9">
         <v>587039</v>
       </c>
       <c r="D9">
         <v>3790065034</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70595453</v>
+        <v>70621700</v>
       </c>
       <c r="B10">
         <v>1026579960</v>
       </c>
       <c r="C10">
         <v>587039</v>
       </c>
       <c r="D10">
         <v>3790065034</v>
       </c>
       <c r="E10" t="s">
         <v>30</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70595452</v>
+        <v>70621699</v>
       </c>
       <c r="B11">
         <v>1026579960</v>
       </c>
       <c r="C11">
         <v>587039</v>
       </c>
       <c r="D11">
         <v>3790065034</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70595451</v>
+        <v>70621698</v>
       </c>
       <c r="B12">
         <v>1026579960</v>
       </c>
       <c r="C12">
         <v>587039</v>
       </c>
       <c r="D12">
         <v>3790065034</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70595450</v>
+        <v>70621697</v>
       </c>
       <c r="B13">
         <v>1026579960</v>
       </c>
       <c r="C13">
         <v>587039</v>
       </c>
       <c r="D13">
         <v>3790065034</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70595449</v>
+        <v>70621696</v>
       </c>
       <c r="B14">
         <v>1026579960</v>
       </c>
       <c r="C14">
         <v>587039</v>
       </c>
       <c r="D14">
         <v>3790065034</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>39</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70595448</v>
+        <v>70621695</v>
       </c>
       <c r="B15">
         <v>1026579960</v>
       </c>
       <c r="C15">
         <v>587039</v>
       </c>
       <c r="D15">
         <v>3790065034</v>
       </c>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>41</v>
       </c>
       <c r="G15" t="s">
         <v>42</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70595447</v>
+        <v>70621694</v>
       </c>
       <c r="B16">
         <v>1026579960</v>
       </c>
       <c r="C16">
         <v>587039</v>
       </c>
       <c r="D16">
         <v>3790065034</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70595446</v>
+        <v>70621693</v>
       </c>
       <c r="B17">
         <v>1026579960</v>
       </c>
       <c r="C17">
         <v>587039</v>
       </c>
       <c r="D17">
         <v>3790065034</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70595445</v>
+        <v>70621692</v>
       </c>
       <c r="B18">
         <v>1026579960</v>
       </c>
       <c r="C18">
         <v>587039</v>
       </c>
       <c r="D18">
         <v>3790065034</v>
       </c>
       <c r="E18" t="s">
         <v>17</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70595444</v>
+        <v>70621691</v>
       </c>
       <c r="B19">
         <v>1026579960</v>
       </c>
       <c r="C19">
         <v>587039</v>
       </c>
       <c r="D19">
         <v>3790065034</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70595443</v>
+        <v>70621690</v>
       </c>
       <c r="B20">
         <v>1026579960</v>
       </c>
       <c r="C20">
         <v>587039</v>
       </c>
       <c r="D20">
         <v>3790065034</v>
       </c>
       <c r="E20" t="s">
         <v>51</v>
       </c>
       <c r="F20" t="s">
         <v>52</v>
       </c>
       <c r="G20" t="s">
         <v>53</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70595442</v>
+        <v>70621689</v>
       </c>
       <c r="B21">
         <v>1026579960</v>
       </c>
       <c r="C21">
         <v>587039</v>
       </c>
       <c r="D21">
         <v>3790065034</v>
       </c>
       <c r="E21" t="s">
         <v>51</v>
       </c>
       <c r="F21" t="s">
         <v>54</v>
       </c>
       <c r="G21" t="s">
         <v>55</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70595462</v>
+        <v>70621714</v>
       </c>
       <c r="B22">
         <v>3.790065034587E+15</v>
       </c>
       <c r="C22">
         <v>587039</v>
       </c>
       <c r="D22">
         <v>3790065034</v>
       </c>
       <c r="E22" t="s">
         <v>56</v>
       </c>
       <c r="F22" t="s">
         <v>57</v>
       </c>
       <c r="G22" t="s">
         <v>58</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70595464</v>
+        <v>70621716</v>
       </c>
       <c r="B23">
         <v>3.790065034587E+15</v>
       </c>
       <c r="C23">
         <v>587039</v>
       </c>
       <c r="D23">
         <v>3790065034</v>
       </c>
       <c r="E23" t="s">
         <v>56</v>
       </c>
       <c r="F23" t="s">
         <v>59</v>
       </c>
       <c r="G23" t="s">
         <v>60</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70595465</v>
+        <v>70621717</v>
       </c>
       <c r="B24">
         <v>3.790065034587E+15</v>
       </c>
       <c r="C24">
         <v>587039</v>
       </c>
       <c r="D24">
         <v>3790065034</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>61</v>
       </c>
       <c r="G24" t="s">
         <v>62</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70595463</v>
+        <v>70621715</v>
       </c>
       <c r="B25">
         <v>3.790065034587E+15</v>
       </c>
       <c r="C25">
         <v>587039</v>
       </c>
       <c r="D25">
         <v>3790065034</v>
       </c>
       <c r="E25" t="s">
         <v>56</v>
       </c>
       <c r="F25" t="s">
         <v>63</v>
       </c>
       <c r="G25" t="s">
         <v>64</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>