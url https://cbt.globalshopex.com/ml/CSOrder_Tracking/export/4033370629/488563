--- v0 (2025-10-10)
+++ v1 (2025-12-09)
@@ -1781,51 +1781,51 @@
       </c>
       <c r="C40">
         <v>488563</v>
       </c>
       <c r="D40">
         <v>4033370629</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
       <c r="F40" t="s">
         <v>61</v>
       </c>
       <c r="G40" t="s">
         <v>62</v>
       </c>
       <c r="H40" t="s">
         <v>12</v>
       </c>
       <c r="I40" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>69856469</v>
+        <v>70326015</v>
       </c>
       <c r="B41">
         <v>4.0333706294886E+15</v>
       </c>
       <c r="C41">
         <v>488563</v>
       </c>
       <c r="D41">
         <v>4033370629</v>
       </c>
       <c r="E41" t="s">
         <v>63</v>
       </c>
       <c r="F41" t="s">
         <v>64</v>
       </c>
       <c r="G41" t="s">
         <v>65</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="42" spans="1:9">
@@ -1949,105 +1949,105 @@
       <c r="B46">
         <v>4.0333706294886E+15</v>
       </c>
       <c r="C46">
         <v>488563</v>
       </c>
       <c r="D46">
         <v>4033370629</v>
       </c>
       <c r="E46" t="s">
         <v>75</v>
       </c>
       <c r="F46" t="s">
         <v>76</v>
       </c>
       <c r="G46" t="s">
         <v>77</v>
       </c>
       <c r="H46"/>
       <c r="I46" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>69856471</v>
+        <v>70326019</v>
       </c>
       <c r="B47">
         <v>4.0333706294886E+15</v>
       </c>
       <c r="C47">
         <v>488563</v>
       </c>
       <c r="D47">
         <v>4033370629</v>
       </c>
       <c r="E47" t="s">
         <v>63</v>
       </c>
       <c r="F47" t="s">
         <v>78</v>
       </c>
       <c r="G47" t="s">
         <v>79</v>
       </c>
       <c r="H47"/>
       <c r="I47" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>69856470</v>
+        <v>70326017</v>
       </c>
       <c r="B48">
         <v>4.0333706294886E+15</v>
       </c>
       <c r="C48">
         <v>488563</v>
       </c>
       <c r="D48">
         <v>4033370629</v>
       </c>
       <c r="E48" t="s">
         <v>63</v>
       </c>
       <c r="F48" t="s">
         <v>80</v>
       </c>
       <c r="G48" t="s">
         <v>81</v>
       </c>
       <c r="H48"/>
       <c r="I48" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>69856472</v>
+        <v>70326020</v>
       </c>
       <c r="B49">
         <v>4.0333706294886E+15</v>
       </c>
       <c r="C49">
         <v>488563</v>
       </c>
       <c r="D49">
         <v>4033370629</v>
       </c>
       <c r="E49" t="s">
         <v>63</v>
       </c>
       <c r="F49" t="s">
         <v>82</v>
       </c>
       <c r="G49" t="s">
         <v>83</v>
       </c>
       <c r="H49"/>
       <c r="I49" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="50" spans="1:9">