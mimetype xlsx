--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -1472,132 +1472,132 @@
       <c r="B30">
         <v>4.0926067214905E+15</v>
       </c>
       <c r="C30">
         <v>490492</v>
       </c>
       <c r="D30">
         <v>4092606721</v>
       </c>
       <c r="E30" t="s">
         <v>67</v>
       </c>
       <c r="F30" t="s">
         <v>68</v>
       </c>
       <c r="G30" t="s">
         <v>69</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69855854</v>
+        <v>70326007</v>
       </c>
       <c r="B31">
         <v>4.0926067214905E+15</v>
       </c>
       <c r="C31">
         <v>490492</v>
       </c>
       <c r="D31">
         <v>4092606721</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>71</v>
       </c>
       <c r="G31" t="s">
         <v>72</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69855855</v>
+        <v>70326008</v>
       </c>
       <c r="B32">
         <v>4.0926067214905E+15</v>
       </c>
       <c r="C32">
         <v>490492</v>
       </c>
       <c r="D32">
         <v>4092606721</v>
       </c>
       <c r="E32" t="s">
         <v>70</v>
       </c>
       <c r="F32" t="s">
         <v>73</v>
       </c>
       <c r="G32" t="s">
         <v>74</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69855856</v>
+        <v>70326009</v>
       </c>
       <c r="B33">
         <v>4.0926067214905E+15</v>
       </c>
       <c r="C33">
         <v>490492</v>
       </c>
       <c r="D33">
         <v>4092606721</v>
       </c>
       <c r="E33" t="s">
         <v>70</v>
       </c>
       <c r="F33" t="s">
         <v>75</v>
       </c>
       <c r="G33" t="s">
         <v>76</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69855857</v>
+        <v>70326010</v>
       </c>
       <c r="B34">
         <v>4.0926067214905E+15</v>
       </c>
       <c r="C34">
         <v>490492</v>
       </c>
       <c r="D34">
         <v>4092606721</v>
       </c>
       <c r="E34" t="s">
         <v>70</v>
       </c>
       <c r="F34" t="s">
         <v>77</v>
       </c>
       <c r="G34" t="s">
         <v>78</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>