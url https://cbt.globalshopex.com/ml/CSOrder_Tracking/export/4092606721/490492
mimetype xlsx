--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -1472,132 +1472,132 @@
       <c r="B30">
         <v>4.0926067214905E+15</v>
       </c>
       <c r="C30">
         <v>490492</v>
       </c>
       <c r="D30">
         <v>4092606721</v>
       </c>
       <c r="E30" t="s">
         <v>67</v>
       </c>
       <c r="F30" t="s">
         <v>68</v>
       </c>
       <c r="G30" t="s">
         <v>69</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70326007</v>
+        <v>70771202</v>
       </c>
       <c r="B31">
         <v>4.0926067214905E+15</v>
       </c>
       <c r="C31">
         <v>490492</v>
       </c>
       <c r="D31">
         <v>4092606721</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>71</v>
       </c>
       <c r="G31" t="s">
         <v>72</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70326008</v>
+        <v>70771203</v>
       </c>
       <c r="B32">
         <v>4.0926067214905E+15</v>
       </c>
       <c r="C32">
         <v>490492</v>
       </c>
       <c r="D32">
         <v>4092606721</v>
       </c>
       <c r="E32" t="s">
         <v>70</v>
       </c>
       <c r="F32" t="s">
         <v>73</v>
       </c>
       <c r="G32" t="s">
         <v>74</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70326009</v>
+        <v>70771204</v>
       </c>
       <c r="B33">
         <v>4.0926067214905E+15</v>
       </c>
       <c r="C33">
         <v>490492</v>
       </c>
       <c r="D33">
         <v>4092606721</v>
       </c>
       <c r="E33" t="s">
         <v>70</v>
       </c>
       <c r="F33" t="s">
         <v>75</v>
       </c>
       <c r="G33" t="s">
         <v>76</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70326010</v>
+        <v>70771205</v>
       </c>
       <c r="B34">
         <v>4.0926067214905E+15</v>
       </c>
       <c r="C34">
         <v>490492</v>
       </c>
       <c r="D34">
         <v>4092606721</v>
       </c>
       <c r="E34" t="s">
         <v>70</v>
       </c>
       <c r="F34" t="s">
         <v>77</v>
       </c>
       <c r="G34" t="s">
         <v>78</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>