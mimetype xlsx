--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -1259,132 +1259,132 @@
       </c>
       <c r="C24">
         <v>493131</v>
       </c>
       <c r="D24">
         <v>4159801839</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>54</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69862728</v>
+        <v>70335078</v>
       </c>
       <c r="B25">
         <v>4.1598018394931E+15</v>
       </c>
       <c r="C25">
         <v>493131</v>
       </c>
       <c r="D25">
         <v>4159801839</v>
       </c>
       <c r="E25" t="s">
         <v>56</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>58</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69862730</v>
+        <v>70335080</v>
       </c>
       <c r="B26">
         <v>4.1598018394931E+15</v>
       </c>
       <c r="C26">
         <v>493131</v>
       </c>
       <c r="D26">
         <v>4159801839</v>
       </c>
       <c r="E26" t="s">
         <v>56</v>
       </c>
       <c r="F26" t="s">
         <v>59</v>
       </c>
       <c r="G26" t="s">
         <v>60</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69862729</v>
+        <v>70335079</v>
       </c>
       <c r="B27">
         <v>4.1598018394931E+15</v>
       </c>
       <c r="C27">
         <v>493131</v>
       </c>
       <c r="D27">
         <v>4159801839</v>
       </c>
       <c r="E27" t="s">
         <v>56</v>
       </c>
       <c r="F27" t="s">
         <v>61</v>
       </c>
       <c r="G27" t="s">
         <v>62</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69862731</v>
+        <v>70335081</v>
       </c>
       <c r="B28">
         <v>4.1598018394931E+15</v>
       </c>
       <c r="C28">
         <v>493131</v>
       </c>
       <c r="D28">
         <v>4159801839</v>
       </c>
       <c r="E28" t="s">
         <v>56</v>
       </c>
       <c r="F28" t="s">
         <v>63</v>
       </c>
       <c r="G28" t="s">
         <v>64</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>