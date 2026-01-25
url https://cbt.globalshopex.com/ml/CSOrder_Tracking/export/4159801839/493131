--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -1259,132 +1259,132 @@
       </c>
       <c r="C24">
         <v>493131</v>
       </c>
       <c r="D24">
         <v>4159801839</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>54</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70335078</v>
+        <v>70785714</v>
       </c>
       <c r="B25">
         <v>4.1598018394931E+15</v>
       </c>
       <c r="C25">
         <v>493131</v>
       </c>
       <c r="D25">
         <v>4159801839</v>
       </c>
       <c r="E25" t="s">
         <v>56</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>58</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70335080</v>
+        <v>70785716</v>
       </c>
       <c r="B26">
         <v>4.1598018394931E+15</v>
       </c>
       <c r="C26">
         <v>493131</v>
       </c>
       <c r="D26">
         <v>4159801839</v>
       </c>
       <c r="E26" t="s">
         <v>56</v>
       </c>
       <c r="F26" t="s">
         <v>59</v>
       </c>
       <c r="G26" t="s">
         <v>60</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70335079</v>
+        <v>70785715</v>
       </c>
       <c r="B27">
         <v>4.1598018394931E+15</v>
       </c>
       <c r="C27">
         <v>493131</v>
       </c>
       <c r="D27">
         <v>4159801839</v>
       </c>
       <c r="E27" t="s">
         <v>56</v>
       </c>
       <c r="F27" t="s">
         <v>61</v>
       </c>
       <c r="G27" t="s">
         <v>62</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70335081</v>
+        <v>70785717</v>
       </c>
       <c r="B28">
         <v>4.1598018394931E+15</v>
       </c>
       <c r="C28">
         <v>493131</v>
       </c>
       <c r="D28">
         <v>4159801839</v>
       </c>
       <c r="E28" t="s">
         <v>56</v>
       </c>
       <c r="F28" t="s">
         <v>63</v>
       </c>
       <c r="G28" t="s">
         <v>64</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>