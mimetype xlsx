--- v0 (2025-10-14)
+++ v1 (2025-12-21)
@@ -451,105 +451,105 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69902911</v>
+        <v>70390271</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>523234</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69902910</v>
+        <v>70390270</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3">
         <v>523234</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69902912</v>
+        <v>70390272</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4">
         <v>523234</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>