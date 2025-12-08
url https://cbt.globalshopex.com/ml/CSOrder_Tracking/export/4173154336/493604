--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -1943,132 +1943,132 @@
       </c>
       <c r="C45">
         <v>493604</v>
       </c>
       <c r="D45">
         <v>4173154336</v>
       </c>
       <c r="E45" t="s">
         <v>77</v>
       </c>
       <c r="F45" t="s">
         <v>80</v>
       </c>
       <c r="G45" t="s">
         <v>79</v>
       </c>
       <c r="H45" t="s">
         <v>12</v>
       </c>
       <c r="I45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>69855062</v>
+        <v>70326003</v>
       </c>
       <c r="B46">
         <v>4.1731543364936E+15</v>
       </c>
       <c r="C46">
         <v>493604</v>
       </c>
       <c r="D46">
         <v>4173154336</v>
       </c>
       <c r="E46" t="s">
         <v>81</v>
       </c>
       <c r="F46" t="s">
         <v>82</v>
       </c>
       <c r="G46" t="s">
         <v>83</v>
       </c>
       <c r="H46"/>
       <c r="I46" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>69855064</v>
+        <v>70326005</v>
       </c>
       <c r="B47">
         <v>4.1731543364936E+15</v>
       </c>
       <c r="C47">
         <v>493604</v>
       </c>
       <c r="D47">
         <v>4173154336</v>
       </c>
       <c r="E47" t="s">
         <v>81</v>
       </c>
       <c r="F47" t="s">
         <v>84</v>
       </c>
       <c r="G47" t="s">
         <v>85</v>
       </c>
       <c r="H47"/>
       <c r="I47" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>69855063</v>
+        <v>70326004</v>
       </c>
       <c r="B48">
         <v>4.1731543364936E+15</v>
       </c>
       <c r="C48">
         <v>493604</v>
       </c>
       <c r="D48">
         <v>4173154336</v>
       </c>
       <c r="E48" t="s">
         <v>81</v>
       </c>
       <c r="F48" t="s">
         <v>86</v>
       </c>
       <c r="G48" t="s">
         <v>87</v>
       </c>
       <c r="H48"/>
       <c r="I48" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>69855065</v>
+        <v>70326006</v>
       </c>
       <c r="B49">
         <v>4.1731543364936E+15</v>
       </c>
       <c r="C49">
         <v>493604</v>
       </c>
       <c r="D49">
         <v>4173154336</v>
       </c>
       <c r="E49" t="s">
         <v>81</v>
       </c>
       <c r="F49" t="s">
         <v>88</v>
       </c>
       <c r="G49" t="s">
         <v>89</v>
       </c>
       <c r="H49"/>
       <c r="I49" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>