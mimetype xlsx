--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -1943,132 +1943,132 @@
       </c>
       <c r="C45">
         <v>493604</v>
       </c>
       <c r="D45">
         <v>4173154336</v>
       </c>
       <c r="E45" t="s">
         <v>77</v>
       </c>
       <c r="F45" t="s">
         <v>80</v>
       </c>
       <c r="G45" t="s">
         <v>79</v>
       </c>
       <c r="H45" t="s">
         <v>12</v>
       </c>
       <c r="I45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>70326003</v>
+        <v>70771890</v>
       </c>
       <c r="B46">
         <v>4.1731543364936E+15</v>
       </c>
       <c r="C46">
         <v>493604</v>
       </c>
       <c r="D46">
         <v>4173154336</v>
       </c>
       <c r="E46" t="s">
         <v>81</v>
       </c>
       <c r="F46" t="s">
         <v>82</v>
       </c>
       <c r="G46" t="s">
         <v>83</v>
       </c>
       <c r="H46"/>
       <c r="I46" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>70326005</v>
+        <v>70771892</v>
       </c>
       <c r="B47">
         <v>4.1731543364936E+15</v>
       </c>
       <c r="C47">
         <v>493604</v>
       </c>
       <c r="D47">
         <v>4173154336</v>
       </c>
       <c r="E47" t="s">
         <v>81</v>
       </c>
       <c r="F47" t="s">
         <v>84</v>
       </c>
       <c r="G47" t="s">
         <v>85</v>
       </c>
       <c r="H47"/>
       <c r="I47" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>70326004</v>
+        <v>70771891</v>
       </c>
       <c r="B48">
         <v>4.1731543364936E+15</v>
       </c>
       <c r="C48">
         <v>493604</v>
       </c>
       <c r="D48">
         <v>4173154336</v>
       </c>
       <c r="E48" t="s">
         <v>81</v>
       </c>
       <c r="F48" t="s">
         <v>86</v>
       </c>
       <c r="G48" t="s">
         <v>87</v>
       </c>
       <c r="H48"/>
       <c r="I48" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>70326006</v>
+        <v>70771893</v>
       </c>
       <c r="B49">
         <v>4.1731543364936E+15</v>
       </c>
       <c r="C49">
         <v>493604</v>
       </c>
       <c r="D49">
         <v>4173154336</v>
       </c>
       <c r="E49" t="s">
         <v>81</v>
       </c>
       <c r="F49" t="s">
         <v>88</v>
       </c>
       <c r="G49" t="s">
         <v>89</v>
       </c>
       <c r="H49"/>
       <c r="I49" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>