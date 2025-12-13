--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -92,57 +92,57 @@
   <si>
     <t>Ready to go - deleted</t>
   </si>
   <si>
     <t>2022-06-13 12:04:08</t>
   </si>
   <si>
     <t>date imported</t>
   </si>
   <si>
     <t>2022-06-02 17:26:24</t>
   </si>
   <si>
     <t>date cbt</t>
   </si>
   <si>
     <t>2022-06-02 16:36:20</t>
   </si>
   <si>
     <t>114-0822894-0939455 2006 52.98</t>
   </si>
   <si>
     <t>2022-06-02 00:00:00</t>
   </si>
   <si>
+    <t xml:space="preserve"> - </t>
+  </si>
+  <si>
+    <t>0000-00-00 00:00:00</t>
+  </si>
+  <si>
     <t>shipped - deleted</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve"> - </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -484,246 +484,246 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69887547</v>
+        <v>70350117</v>
       </c>
       <c r="B2">
         <v>523500011105</v>
       </c>
       <c r="C2">
         <v>533279</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69887551</v>
+        <v>70350121</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3">
         <v>533279</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69887548</v>
+        <v>70350118</v>
       </c>
       <c r="B4">
         <v>523500011105</v>
       </c>
       <c r="C4">
         <v>533279</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>13</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69887557</v>
+        <v>70350123</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5">
         <v>533279</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69887558</v>
+        <v>70350124</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>533279</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69887553</v>
+        <v>70350122</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7">
         <v>533279</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69887550</v>
+        <v>70350119</v>
       </c>
       <c r="B8">
         <v>523500011105</v>
       </c>
       <c r="C8">
         <v>533279</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>13</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69887549</v>
+        <v>70350120</v>
       </c>
       <c r="B9">
         <v>523500011105</v>
       </c>
       <c r="C9">
         <v>533279</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>27</v>
       </c>
       <c r="H9" t="s">
         <v>13</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>