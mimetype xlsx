--- v0 (2025-10-10)
+++ v1 (2025-12-11)
@@ -1457,105 +1457,105 @@
       </c>
       <c r="C30">
         <v>510258</v>
       </c>
       <c r="D30">
         <v>4586341645</v>
       </c>
       <c r="E30" t="s">
         <v>59</v>
       </c>
       <c r="F30" t="s">
         <v>60</v>
       </c>
       <c r="G30" t="s">
         <v>61</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69858278</v>
+        <v>70335020</v>
       </c>
       <c r="B31">
         <v>4.5863416455103E+15</v>
       </c>
       <c r="C31">
         <v>510258</v>
       </c>
       <c r="D31">
         <v>4586341645</v>
       </c>
       <c r="E31" t="s">
         <v>62</v>
       </c>
       <c r="F31" t="s">
         <v>63</v>
       </c>
       <c r="G31" t="s">
         <v>64</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69858277</v>
+        <v>70335019</v>
       </c>
       <c r="B32">
         <v>4.5863416455103E+15</v>
       </c>
       <c r="C32">
         <v>510258</v>
       </c>
       <c r="D32">
         <v>4586341645</v>
       </c>
       <c r="E32" t="s">
         <v>62</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69858279</v>
+        <v>70335021</v>
       </c>
       <c r="B33">
         <v>4.5863416455103E+15</v>
       </c>
       <c r="C33">
         <v>510258</v>
       </c>
       <c r="D33">
         <v>4586341645</v>
       </c>
       <c r="E33" t="s">
         <v>62</v>
       </c>
       <c r="F33" t="s">
         <v>67</v>
       </c>
       <c r="G33" t="s">
         <v>68</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="34" spans="1:9">
@@ -1567,51 +1567,51 @@
       </c>
       <c r="C34">
         <v>510258</v>
       </c>
       <c r="D34">
         <v>4586341645</v>
       </c>
       <c r="E34" t="s">
         <v>59</v>
       </c>
       <c r="F34" t="s">
         <v>69</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34" t="s">
         <v>12</v>
       </c>
       <c r="I34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69858280</v>
+        <v>70335022</v>
       </c>
       <c r="B35">
         <v>4.5863416455103E+15</v>
       </c>
       <c r="C35">
         <v>510258</v>
       </c>
       <c r="D35">
         <v>4586341645</v>
       </c>
       <c r="E35" t="s">
         <v>62</v>
       </c>
       <c r="F35" t="s">
         <v>71</v>
       </c>
       <c r="G35" t="s">
         <v>72</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>