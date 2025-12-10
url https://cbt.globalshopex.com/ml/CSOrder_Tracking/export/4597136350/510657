--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -577,105 +577,105 @@
       </c>
       <c r="C4">
         <v>510657</v>
       </c>
       <c r="D4">
         <v>4597136350</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69856551</v>
+        <v>70326141</v>
       </c>
       <c r="B5">
         <v>4.5971363505107E+15</v>
       </c>
       <c r="C5">
         <v>510657</v>
       </c>
       <c r="D5">
         <v>4597136350</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69856550</v>
+        <v>70326140</v>
       </c>
       <c r="B6">
         <v>4.5971363505107E+15</v>
       </c>
       <c r="C6">
         <v>510657</v>
       </c>
       <c r="D6">
         <v>4597136350</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69856552</v>
+        <v>70326142</v>
       </c>
       <c r="B7">
         <v>4.5971363505107E+15</v>
       </c>
       <c r="C7">
         <v>510657</v>
       </c>
       <c r="D7">
         <v>4597136350</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:9">
@@ -687,51 +687,51 @@
       </c>
       <c r="C8">
         <v>510657</v>
       </c>
       <c r="D8">
         <v>4597136350</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69856553</v>
+        <v>70326143</v>
       </c>
       <c r="B9">
         <v>4.5971363505107E+15</v>
       </c>
       <c r="C9">
         <v>510657</v>
       </c>
       <c r="D9">
         <v>4597136350</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>