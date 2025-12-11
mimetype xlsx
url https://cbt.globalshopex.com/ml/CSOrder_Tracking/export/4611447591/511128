--- v0 (2025-10-10)
+++ v1 (2025-12-11)
@@ -1163,105 +1163,105 @@
       </c>
       <c r="C21">
         <v>511128</v>
       </c>
       <c r="D21">
         <v>4611447591</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21" t="s">
         <v>49</v>
       </c>
       <c r="G21" t="s">
         <v>50</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69856416</v>
+        <v>70335040</v>
       </c>
       <c r="B22">
         <v>4.6114475915111E+15</v>
       </c>
       <c r="C22">
         <v>511128</v>
       </c>
       <c r="D22">
         <v>4611447591</v>
       </c>
       <c r="E22" t="s">
         <v>51</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69856415</v>
+        <v>70335039</v>
       </c>
       <c r="B23">
         <v>4.6114475915111E+15</v>
       </c>
       <c r="C23">
         <v>511128</v>
       </c>
       <c r="D23">
         <v>4611447591</v>
       </c>
       <c r="E23" t="s">
         <v>51</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69856417</v>
+        <v>70335041</v>
       </c>
       <c r="B24">
         <v>4.6114475915111E+15</v>
       </c>
       <c r="C24">
         <v>511128</v>
       </c>
       <c r="D24">
         <v>4611447591</v>
       </c>
       <c r="E24" t="s">
         <v>51</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1273,51 +1273,51 @@
       </c>
       <c r="C25">
         <v>511128</v>
       </c>
       <c r="D25">
         <v>4611447591</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69856418</v>
+        <v>70335042</v>
       </c>
       <c r="B26">
         <v>4.6114475915111E+15</v>
       </c>
       <c r="C26">
         <v>511128</v>
       </c>
       <c r="D26">
         <v>4611447591</v>
       </c>
       <c r="E26" t="s">
         <v>51</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>