--- v0 (2025-10-11)
+++ v1 (2026-01-22)
@@ -1556,105 +1556,105 @@
       </c>
       <c r="C33">
         <v>511228</v>
       </c>
       <c r="D33">
         <v>4614205564</v>
       </c>
       <c r="E33" t="s">
         <v>63</v>
       </c>
       <c r="F33" t="s">
         <v>64</v>
       </c>
       <c r="G33" t="s">
         <v>65</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69873476</v>
+        <v>70770148</v>
       </c>
       <c r="B34">
         <v>4.6142055645112E+15</v>
       </c>
       <c r="C34">
         <v>511228</v>
       </c>
       <c r="D34">
         <v>4614205564</v>
       </c>
       <c r="E34" t="s">
         <v>66</v>
       </c>
       <c r="F34" t="s">
         <v>67</v>
       </c>
       <c r="G34" t="s">
         <v>68</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69873475</v>
+        <v>70770147</v>
       </c>
       <c r="B35">
         <v>4.6142055645112E+15</v>
       </c>
       <c r="C35">
         <v>511228</v>
       </c>
       <c r="D35">
         <v>4614205564</v>
       </c>
       <c r="E35" t="s">
         <v>66</v>
       </c>
       <c r="F35" t="s">
         <v>69</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>69873477</v>
+        <v>70770149</v>
       </c>
       <c r="B36">
         <v>4.6142055645112E+15</v>
       </c>
       <c r="C36">
         <v>511228</v>
       </c>
       <c r="D36">
         <v>4614205564</v>
       </c>
       <c r="E36" t="s">
         <v>66</v>
       </c>
       <c r="F36" t="s">
         <v>71</v>
       </c>
       <c r="G36" t="s">
         <v>72</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="37" spans="1:9">
@@ -1666,51 +1666,51 @@
       </c>
       <c r="C37">
         <v>511228</v>
       </c>
       <c r="D37">
         <v>4614205564</v>
       </c>
       <c r="E37" t="s">
         <v>63</v>
       </c>
       <c r="F37" t="s">
         <v>73</v>
       </c>
       <c r="G37" t="s">
         <v>74</v>
       </c>
       <c r="H37" t="s">
         <v>12</v>
       </c>
       <c r="I37" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>69873478</v>
+        <v>70770150</v>
       </c>
       <c r="B38">
         <v>4.6142055645112E+15</v>
       </c>
       <c r="C38">
         <v>511228</v>
       </c>
       <c r="D38">
         <v>4614205564</v>
       </c>
       <c r="E38" t="s">
         <v>66</v>
       </c>
       <c r="F38" t="s">
         <v>75</v>
       </c>
       <c r="G38" t="s">
         <v>76</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>