--- v0 (2025-10-11)
+++ v1 (2026-01-22)
@@ -1096,105 +1096,105 @@
       </c>
       <c r="C19">
         <v>511262</v>
       </c>
       <c r="D19">
         <v>4615031224</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>46</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69873694</v>
+        <v>70770142</v>
       </c>
       <c r="B20">
         <v>4.6150312245113E+15</v>
       </c>
       <c r="C20">
         <v>511262</v>
       </c>
       <c r="D20">
         <v>4615031224</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>49</v>
       </c>
       <c r="G20" t="s">
         <v>50</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69873693</v>
+        <v>70770141</v>
       </c>
       <c r="B21">
         <v>4.6150312245113E+15</v>
       </c>
       <c r="C21">
         <v>511262</v>
       </c>
       <c r="D21">
         <v>4615031224</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21" t="s">
         <v>51</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69873695</v>
+        <v>70770143</v>
       </c>
       <c r="B22">
         <v>4.6150312245113E+15</v>
       </c>
       <c r="C22">
         <v>511262</v>
       </c>
       <c r="D22">
         <v>4615031224</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1206,51 +1206,51 @@
       </c>
       <c r="C23">
         <v>511262</v>
       </c>
       <c r="D23">
         <v>4615031224</v>
       </c>
       <c r="E23" t="s">
         <v>45</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69873696</v>
+        <v>70770144</v>
       </c>
       <c r="B24">
         <v>4.6150312245113E+15</v>
       </c>
       <c r="C24">
         <v>511262</v>
       </c>
       <c r="D24">
         <v>4615031224</v>
       </c>
       <c r="E24" t="s">
         <v>48</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>