--- v0 (2025-10-11)
+++ v1 (2026-01-22)
@@ -1716,105 +1716,105 @@
       </c>
       <c r="C38">
         <v>511304</v>
       </c>
       <c r="D38">
         <v>4615858535</v>
       </c>
       <c r="E38" t="s">
         <v>68</v>
       </c>
       <c r="F38" t="s">
         <v>69</v>
       </c>
       <c r="G38" t="s">
         <v>70</v>
       </c>
       <c r="H38" t="s">
         <v>12</v>
       </c>
       <c r="I38" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>69873619</v>
+        <v>70770801</v>
       </c>
       <c r="B39">
         <v>4.6158585355113E+15</v>
       </c>
       <c r="C39">
         <v>511304</v>
       </c>
       <c r="D39">
         <v>4615858535</v>
       </c>
       <c r="E39" t="s">
         <v>71</v>
       </c>
       <c r="F39" t="s">
         <v>72</v>
       </c>
       <c r="G39" t="s">
         <v>73</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>69873618</v>
+        <v>70770799</v>
       </c>
       <c r="B40">
         <v>4.6158585355113E+15</v>
       </c>
       <c r="C40">
         <v>511304</v>
       </c>
       <c r="D40">
         <v>4615858535</v>
       </c>
       <c r="E40" t="s">
         <v>71</v>
       </c>
       <c r="F40" t="s">
         <v>74</v>
       </c>
       <c r="G40" t="s">
         <v>75</v>
       </c>
       <c r="H40"/>
       <c r="I40" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>69873620</v>
+        <v>70770804</v>
       </c>
       <c r="B41">
         <v>4.6158585355113E+15</v>
       </c>
       <c r="C41">
         <v>511304</v>
       </c>
       <c r="D41">
         <v>4615858535</v>
       </c>
       <c r="E41" t="s">
         <v>71</v>
       </c>
       <c r="F41" t="s">
         <v>76</v>
       </c>
       <c r="G41" t="s">
         <v>77</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="42" spans="1:9">
@@ -1826,51 +1826,51 @@
       </c>
       <c r="C42">
         <v>511304</v>
       </c>
       <c r="D42">
         <v>4615858535</v>
       </c>
       <c r="E42" t="s">
         <v>68</v>
       </c>
       <c r="F42" t="s">
         <v>78</v>
       </c>
       <c r="G42" t="s">
         <v>79</v>
       </c>
       <c r="H42" t="s">
         <v>12</v>
       </c>
       <c r="I42" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>69873621</v>
+        <v>70770805</v>
       </c>
       <c r="B43">
         <v>4.6158585355113E+15</v>
       </c>
       <c r="C43">
         <v>511304</v>
       </c>
       <c r="D43">
         <v>4615858535</v>
       </c>
       <c r="E43" t="s">
         <v>71</v>
       </c>
       <c r="F43" t="s">
         <v>80</v>
       </c>
       <c r="G43" t="s">
         <v>81</v>
       </c>
       <c r="H43"/>
       <c r="I43" t="s">
         <v>71</v>
       </c>
     </row>
   </sheetData>