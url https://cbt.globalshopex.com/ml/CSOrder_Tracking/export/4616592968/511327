--- v0 (2025-10-11)
+++ v1 (2026-01-22)
@@ -1387,105 +1387,105 @@
       </c>
       <c r="C28">
         <v>511327</v>
       </c>
       <c r="D28">
         <v>4616592968</v>
       </c>
       <c r="E28" t="s">
         <v>55</v>
       </c>
       <c r="F28" t="s">
         <v>56</v>
       </c>
       <c r="G28" t="s">
         <v>57</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69874888</v>
+        <v>70770130</v>
       </c>
       <c r="B29">
         <v>4.6165929685113E+15</v>
       </c>
       <c r="C29">
         <v>511327</v>
       </c>
       <c r="D29">
         <v>4616592968</v>
       </c>
       <c r="E29" t="s">
         <v>58</v>
       </c>
       <c r="F29" t="s">
         <v>59</v>
       </c>
       <c r="G29" t="s">
         <v>60</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69874886</v>
+        <v>70770129</v>
       </c>
       <c r="B30">
         <v>4.6165929685113E+15</v>
       </c>
       <c r="C30">
         <v>511327</v>
       </c>
       <c r="D30">
         <v>4616592968</v>
       </c>
       <c r="E30" t="s">
         <v>58</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30" t="s">
         <v>62</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69874889</v>
+        <v>70770131</v>
       </c>
       <c r="B31">
         <v>4.6165929685113E+15</v>
       </c>
       <c r="C31">
         <v>511327</v>
       </c>
       <c r="D31">
         <v>4616592968</v>
       </c>
       <c r="E31" t="s">
         <v>58</v>
       </c>
       <c r="F31" t="s">
         <v>63</v>
       </c>
       <c r="G31" t="s">
         <v>64</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:9">
@@ -1497,51 +1497,51 @@
       </c>
       <c r="C32">
         <v>511327</v>
       </c>
       <c r="D32">
         <v>4616592968</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69874890</v>
+        <v>70770132</v>
       </c>
       <c r="B33">
         <v>4.6165929685113E+15</v>
       </c>
       <c r="C33">
         <v>511327</v>
       </c>
       <c r="D33">
         <v>4616592968</v>
       </c>
       <c r="E33" t="s">
         <v>58</v>
       </c>
       <c r="F33" t="s">
         <v>67</v>
       </c>
       <c r="G33" t="s">
         <v>68</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>