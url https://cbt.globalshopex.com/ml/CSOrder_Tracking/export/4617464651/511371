--- v0 (2025-10-11)
+++ v1 (2026-01-22)
@@ -1492,105 +1492,105 @@
       </c>
       <c r="C31">
         <v>511371</v>
       </c>
       <c r="D31">
         <v>4617464651</v>
       </c>
       <c r="E31" t="s">
         <v>61</v>
       </c>
       <c r="F31" t="s">
         <v>62</v>
       </c>
       <c r="G31" t="s">
         <v>63</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69873623</v>
+        <v>70770441</v>
       </c>
       <c r="B32">
         <v>4.6174646515114E+15</v>
       </c>
       <c r="C32">
         <v>511371</v>
       </c>
       <c r="D32">
         <v>4617464651</v>
       </c>
       <c r="E32" t="s">
         <v>64</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69873622</v>
+        <v>70770440</v>
       </c>
       <c r="B33">
         <v>4.6174646515114E+15</v>
       </c>
       <c r="C33">
         <v>511371</v>
       </c>
       <c r="D33">
         <v>4617464651</v>
       </c>
       <c r="E33" t="s">
         <v>64</v>
       </c>
       <c r="F33" t="s">
         <v>67</v>
       </c>
       <c r="G33" t="s">
         <v>68</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69873624</v>
+        <v>70770442</v>
       </c>
       <c r="B34">
         <v>4.6174646515114E+15</v>
       </c>
       <c r="C34">
         <v>511371</v>
       </c>
       <c r="D34">
         <v>4617464651</v>
       </c>
       <c r="E34" t="s">
         <v>64</v>
       </c>
       <c r="F34" t="s">
         <v>69</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:9">
@@ -1602,51 +1602,51 @@
       </c>
       <c r="C35">
         <v>511371</v>
       </c>
       <c r="D35">
         <v>4617464651</v>
       </c>
       <c r="E35" t="s">
         <v>61</v>
       </c>
       <c r="F35" t="s">
         <v>71</v>
       </c>
       <c r="G35" t="s">
         <v>72</v>
       </c>
       <c r="H35" t="s">
         <v>12</v>
       </c>
       <c r="I35" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>69873625</v>
+        <v>70770443</v>
       </c>
       <c r="B36">
         <v>4.6174646515114E+15</v>
       </c>
       <c r="C36">
         <v>511371</v>
       </c>
       <c r="D36">
         <v>4617464651</v>
       </c>
       <c r="E36" t="s">
         <v>64</v>
       </c>
       <c r="F36" t="s">
         <v>73</v>
       </c>
       <c r="G36" t="s">
         <v>74</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>