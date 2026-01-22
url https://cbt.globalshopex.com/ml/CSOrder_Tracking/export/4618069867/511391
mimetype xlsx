--- v0 (2025-10-11)
+++ v1 (2026-01-22)
@@ -1335,105 +1335,105 @@
       </c>
       <c r="C26">
         <v>511391</v>
       </c>
       <c r="D26">
         <v>4618069867</v>
       </c>
       <c r="E26" t="s">
         <v>57</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69874837</v>
+        <v>70770104</v>
       </c>
       <c r="B27">
         <v>4.6180698675114E+15</v>
       </c>
       <c r="C27">
         <v>511391</v>
       </c>
       <c r="D27">
         <v>4618069867</v>
       </c>
       <c r="E27" t="s">
         <v>60</v>
       </c>
       <c r="F27" t="s">
         <v>61</v>
       </c>
       <c r="G27" t="s">
         <v>62</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69874836</v>
+        <v>70770103</v>
       </c>
       <c r="B28">
         <v>4.6180698675114E+15</v>
       </c>
       <c r="C28">
         <v>511391</v>
       </c>
       <c r="D28">
         <v>4618069867</v>
       </c>
       <c r="E28" t="s">
         <v>60</v>
       </c>
       <c r="F28" t="s">
         <v>63</v>
       </c>
       <c r="G28" t="s">
         <v>64</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69874840</v>
+        <v>70770105</v>
       </c>
       <c r="B29">
         <v>4.6180698675114E+15</v>
       </c>
       <c r="C29">
         <v>511391</v>
       </c>
       <c r="D29">
         <v>4618069867</v>
       </c>
       <c r="E29" t="s">
         <v>60</v>
       </c>
       <c r="F29" t="s">
         <v>65</v>
       </c>
       <c r="G29" t="s">
         <v>66</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:9">
@@ -1445,51 +1445,51 @@
       </c>
       <c r="C30">
         <v>511391</v>
       </c>
       <c r="D30">
         <v>4618069867</v>
       </c>
       <c r="E30" t="s">
         <v>57</v>
       </c>
       <c r="F30" t="s">
         <v>67</v>
       </c>
       <c r="G30" t="s">
         <v>68</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69874841</v>
+        <v>70770106</v>
       </c>
       <c r="B31">
         <v>4.6180698675114E+15</v>
       </c>
       <c r="C31">
         <v>511391</v>
       </c>
       <c r="D31">
         <v>4618069867</v>
       </c>
       <c r="E31" t="s">
         <v>60</v>
       </c>
       <c r="F31" t="s">
         <v>69</v>
       </c>
       <c r="G31" t="s">
         <v>70</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>