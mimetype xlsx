--- v0 (2025-10-11)
+++ v1 (2026-01-22)
@@ -1160,105 +1160,105 @@
       </c>
       <c r="C21">
         <v>511885</v>
       </c>
       <c r="D21">
         <v>4632606718</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69858114</v>
+        <v>70765971</v>
       </c>
       <c r="B22">
         <v>4.6326067185119E+15</v>
       </c>
       <c r="C22">
         <v>511885</v>
       </c>
       <c r="D22">
         <v>4632606718</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69858113</v>
+        <v>70765970</v>
       </c>
       <c r="B23">
         <v>4.6326067185119E+15</v>
       </c>
       <c r="C23">
         <v>511885</v>
       </c>
       <c r="D23">
         <v>4632606718</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69858115</v>
+        <v>70765972</v>
       </c>
       <c r="B24">
         <v>4.6326067185119E+15</v>
       </c>
       <c r="C24">
         <v>511885</v>
       </c>
       <c r="D24">
         <v>4632606718</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>56</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1270,51 +1270,51 @@
       </c>
       <c r="C25">
         <v>511885</v>
       </c>
       <c r="D25">
         <v>4632606718</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>58</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69858116</v>
+        <v>70765973</v>
       </c>
       <c r="B26">
         <v>4.6326067185119E+15</v>
       </c>
       <c r="C26">
         <v>511885</v>
       </c>
       <c r="D26">
         <v>4632606718</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26" t="s">
         <v>59</v>
       </c>
       <c r="G26" t="s">
         <v>60</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>