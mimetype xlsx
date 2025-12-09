--- v0 (2025-10-10)
+++ v1 (2025-12-09)
@@ -1440,78 +1440,78 @@
       </c>
       <c r="C29">
         <v>512257</v>
       </c>
       <c r="D29">
         <v>4643620947</v>
       </c>
       <c r="E29" t="s">
         <v>63</v>
       </c>
       <c r="F29" t="s">
         <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>65</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69858181</v>
+        <v>70326116</v>
       </c>
       <c r="B30">
         <v>4.6436209475123E+15</v>
       </c>
       <c r="C30">
         <v>512257</v>
       </c>
       <c r="D30">
         <v>4643620947</v>
       </c>
       <c r="E30" t="s">
         <v>66</v>
       </c>
       <c r="F30" t="s">
         <v>67</v>
       </c>
       <c r="G30" t="s">
         <v>68</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69858183</v>
+        <v>70326118</v>
       </c>
       <c r="B31">
         <v>4.6436209475123E+15</v>
       </c>
       <c r="C31">
         <v>512257</v>
       </c>
       <c r="D31">
         <v>4643620947</v>
       </c>
       <c r="E31" t="s">
         <v>66</v>
       </c>
       <c r="F31" t="s">
         <v>69</v>
       </c>
       <c r="G31" t="s">
         <v>70</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:9">
@@ -1523,78 +1523,78 @@
       </c>
       <c r="C32">
         <v>512257</v>
       </c>
       <c r="D32">
         <v>4643620947</v>
       </c>
       <c r="E32" t="s">
         <v>63</v>
       </c>
       <c r="F32" t="s">
         <v>71</v>
       </c>
       <c r="G32" t="s">
         <v>72</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69858184</v>
+        <v>70326119</v>
       </c>
       <c r="B33">
         <v>4.6436209475123E+15</v>
       </c>
       <c r="C33">
         <v>512257</v>
       </c>
       <c r="D33">
         <v>4643620947</v>
       </c>
       <c r="E33" t="s">
         <v>66</v>
       </c>
       <c r="F33" t="s">
         <v>73</v>
       </c>
       <c r="G33" t="s">
         <v>74</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69858182</v>
+        <v>70326117</v>
       </c>
       <c r="B34">
         <v>4.6436209475123E+15</v>
       </c>
       <c r="C34">
         <v>512257</v>
       </c>
       <c r="D34">
         <v>4643620947</v>
       </c>
       <c r="E34" t="s">
         <v>66</v>
       </c>
       <c r="F34" t="s">
         <v>75</v>
       </c>
       <c r="G34" t="s">
         <v>76</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>