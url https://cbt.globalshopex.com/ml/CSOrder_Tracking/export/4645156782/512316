--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -1297,78 +1297,78 @@
       </c>
       <c r="C25">
         <v>512316</v>
       </c>
       <c r="D25">
         <v>4645156782</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69857979</v>
+        <v>70326071</v>
       </c>
       <c r="B26">
         <v>4.6451567825123E+15</v>
       </c>
       <c r="C26">
         <v>512316</v>
       </c>
       <c r="D26">
         <v>4645156782</v>
       </c>
       <c r="E26" t="s">
         <v>57</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69857981</v>
+        <v>70326082</v>
       </c>
       <c r="B27">
         <v>4.6451567825123E+15</v>
       </c>
       <c r="C27">
         <v>512316</v>
       </c>
       <c r="D27">
         <v>4645156782</v>
       </c>
       <c r="E27" t="s">
         <v>57</v>
       </c>
       <c r="F27" t="s">
         <v>60</v>
       </c>
       <c r="G27" t="s">
         <v>61</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:9">
@@ -1380,78 +1380,78 @@
       </c>
       <c r="C28">
         <v>512316</v>
       </c>
       <c r="D28">
         <v>4645156782</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28" t="s">
         <v>62</v>
       </c>
       <c r="G28" t="s">
         <v>63</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69857982</v>
+        <v>70326085</v>
       </c>
       <c r="B29">
         <v>4.6451567825123E+15</v>
       </c>
       <c r="C29">
         <v>512316</v>
       </c>
       <c r="D29">
         <v>4645156782</v>
       </c>
       <c r="E29" t="s">
         <v>57</v>
       </c>
       <c r="F29" t="s">
         <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>65</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69857980</v>
+        <v>70326076</v>
       </c>
       <c r="B30">
         <v>4.6451567825123E+15</v>
       </c>
       <c r="C30">
         <v>512316</v>
       </c>
       <c r="D30">
         <v>4645156782</v>
       </c>
       <c r="E30" t="s">
         <v>57</v>
       </c>
       <c r="F30" t="s">
         <v>66</v>
       </c>
       <c r="G30" t="s">
         <v>67</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>