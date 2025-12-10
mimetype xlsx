--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -1358,105 +1358,105 @@
       </c>
       <c r="C27">
         <v>512322</v>
       </c>
       <c r="D27">
         <v>4645576289</v>
       </c>
       <c r="E27" t="s">
         <v>55</v>
       </c>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>57</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69858066</v>
+        <v>70326018</v>
       </c>
       <c r="B28">
         <v>4.6455762895123E+15</v>
       </c>
       <c r="C28">
         <v>512322</v>
       </c>
       <c r="D28">
         <v>4645576289</v>
       </c>
       <c r="E28" t="s">
         <v>58</v>
       </c>
       <c r="F28" t="s">
         <v>59</v>
       </c>
       <c r="G28" t="s">
         <v>60</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69858065</v>
+        <v>70326016</v>
       </c>
       <c r="B29">
         <v>4.6455762895123E+15</v>
       </c>
       <c r="C29">
         <v>512322</v>
       </c>
       <c r="D29">
         <v>4645576289</v>
       </c>
       <c r="E29" t="s">
         <v>58</v>
       </c>
       <c r="F29" t="s">
         <v>61</v>
       </c>
       <c r="G29" t="s">
         <v>62</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69858067</v>
+        <v>70326021</v>
       </c>
       <c r="B30">
         <v>4.6455762895123E+15</v>
       </c>
       <c r="C30">
         <v>512322</v>
       </c>
       <c r="D30">
         <v>4645576289</v>
       </c>
       <c r="E30" t="s">
         <v>58</v>
       </c>
       <c r="F30" t="s">
         <v>63</v>
       </c>
       <c r="G30" t="s">
         <v>64</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="31" spans="1:9">
@@ -1468,51 +1468,51 @@
       </c>
       <c r="C31">
         <v>512322</v>
       </c>
       <c r="D31">
         <v>4645576289</v>
       </c>
       <c r="E31" t="s">
         <v>55</v>
       </c>
       <c r="F31" t="s">
         <v>65</v>
       </c>
       <c r="G31" t="s">
         <v>66</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69858068</v>
+        <v>70326022</v>
       </c>
       <c r="B32">
         <v>4.6455762895123E+15</v>
       </c>
       <c r="C32">
         <v>512322</v>
       </c>
       <c r="D32">
         <v>4645576289</v>
       </c>
       <c r="E32" t="s">
         <v>58</v>
       </c>
       <c r="F32" t="s">
         <v>67</v>
       </c>
       <c r="G32" t="s">
         <v>68</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>