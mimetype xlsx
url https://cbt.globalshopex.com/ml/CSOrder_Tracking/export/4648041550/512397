--- v0 (2025-10-10)
+++ v1 (2025-12-09)
@@ -1658,105 +1658,105 @@
       </c>
       <c r="C36">
         <v>512397</v>
       </c>
       <c r="D36">
         <v>4648041550</v>
       </c>
       <c r="E36" t="s">
         <v>68</v>
       </c>
       <c r="F36" t="s">
         <v>69</v>
       </c>
       <c r="G36" t="s">
         <v>70</v>
       </c>
       <c r="H36" t="s">
         <v>12</v>
       </c>
       <c r="I36" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>69856303</v>
+        <v>70326035</v>
       </c>
       <c r="B37">
         <v>4.6480415505124E+15</v>
       </c>
       <c r="C37">
         <v>512397</v>
       </c>
       <c r="D37">
         <v>4648041550</v>
       </c>
       <c r="E37" t="s">
         <v>71</v>
       </c>
       <c r="F37" t="s">
         <v>72</v>
       </c>
       <c r="G37" t="s">
         <v>73</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>69856302</v>
+        <v>70326034</v>
       </c>
       <c r="B38">
         <v>4.6480415505124E+15</v>
       </c>
       <c r="C38">
         <v>512397</v>
       </c>
       <c r="D38">
         <v>4648041550</v>
       </c>
       <c r="E38" t="s">
         <v>71</v>
       </c>
       <c r="F38" t="s">
         <v>74</v>
       </c>
       <c r="G38" t="s">
         <v>75</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>69856304</v>
+        <v>70326036</v>
       </c>
       <c r="B39">
         <v>4.6480415505124E+15</v>
       </c>
       <c r="C39">
         <v>512397</v>
       </c>
       <c r="D39">
         <v>4648041550</v>
       </c>
       <c r="E39" t="s">
         <v>71</v>
       </c>
       <c r="F39" t="s">
         <v>76</v>
       </c>
       <c r="G39" t="s">
         <v>77</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="40" spans="1:9">
@@ -1768,51 +1768,51 @@
       </c>
       <c r="C40">
         <v>512397</v>
       </c>
       <c r="D40">
         <v>4648041550</v>
       </c>
       <c r="E40" t="s">
         <v>68</v>
       </c>
       <c r="F40" t="s">
         <v>78</v>
       </c>
       <c r="G40" t="s">
         <v>79</v>
       </c>
       <c r="H40" t="s">
         <v>12</v>
       </c>
       <c r="I40" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>69856305</v>
+        <v>70326037</v>
       </c>
       <c r="B41">
         <v>4.6480415505124E+15</v>
       </c>
       <c r="C41">
         <v>512397</v>
       </c>
       <c r="D41">
         <v>4648041550</v>
       </c>
       <c r="E41" t="s">
         <v>71</v>
       </c>
       <c r="F41" t="s">
         <v>80</v>
       </c>
       <c r="G41" t="s">
         <v>81</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="s">
         <v>71</v>
       </c>
     </row>
   </sheetData>