--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -104,57 +104,57 @@
   <si>
     <t>2025-09-03 06:23:00</t>
   </si>
   <si>
     <t>Arrived at DHL Sort Facility CATANIA-ITA</t>
   </si>
   <si>
     <t>2025-09-03 02:03:11</t>
   </si>
   <si>
     <t>Shipment has departed from a DHL facility MILAN-ITA</t>
   </si>
   <si>
     <t>2025-09-02 02:59:58</t>
   </si>
   <si>
     <t>Processed at MILAN-ITA</t>
   </si>
   <si>
     <t>2025-09-02 00:04:17</t>
   </si>
   <si>
     <t>pre_transit</t>
   </si>
   <si>
+    <t>Shipment information received</t>
+  </si>
+  <si>
+    <t>2025-09-01 20:23:00</t>
+  </si>
+  <si>
     <t>Shipment picked up</t>
-  </si>
-[...4 lines deleted...]
-    <t>Shipment information received</t>
   </si>
   <si>
     <t>sistema</t>
   </si>
   <si>
     <t>585887 dhl 2061904795</t>
   </si>
   <si>
     <t>2025-03-13 16:40:19</t>
   </si>
   <si>
     <t>date imported</t>
   </si>
   <si>
     <t>2025-01-22 20:38:17</t>
   </si>
   <si>
     <t>date cbt</t>
   </si>
   <si>
     <t>2025-01-22 07:52:01</t>
   </si>
   <si>
     <t>11259153  79.00</t>
   </si>
@@ -523,393 +523,393 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69851769</v>
+        <v>70252258</v>
       </c>
       <c r="B2">
         <v>2061904795</v>
       </c>
       <c r="C2">
         <v>585887</v>
       </c>
       <c r="D2">
         <v>5930058878</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69851768</v>
+        <v>70252257</v>
       </c>
       <c r="B3">
         <v>2061904795</v>
       </c>
       <c r="C3">
         <v>585887</v>
       </c>
       <c r="D3">
         <v>5930058878</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69851767</v>
+        <v>70252256</v>
       </c>
       <c r="B4">
         <v>2061904795</v>
       </c>
       <c r="C4">
         <v>585887</v>
       </c>
       <c r="D4">
         <v>5930058878</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69851766</v>
+        <v>70252255</v>
       </c>
       <c r="B5">
         <v>2061904795</v>
       </c>
       <c r="C5">
         <v>585887</v>
       </c>
       <c r="D5">
         <v>5930058878</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69851765</v>
+        <v>70252254</v>
       </c>
       <c r="B6">
         <v>2061904795</v>
       </c>
       <c r="C6">
         <v>585887</v>
       </c>
       <c r="D6">
         <v>5930058878</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69851764</v>
+        <v>70252253</v>
       </c>
       <c r="B7">
         <v>2061904795</v>
       </c>
       <c r="C7">
         <v>585887</v>
       </c>
       <c r="D7">
         <v>5930058878</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69851763</v>
+        <v>70252252</v>
       </c>
       <c r="B8">
         <v>2061904795</v>
       </c>
       <c r="C8">
         <v>585887</v>
       </c>
       <c r="D8">
         <v>5930058878</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69851762</v>
+        <v>70252250</v>
       </c>
       <c r="B9">
         <v>2061904795</v>
       </c>
       <c r="C9">
         <v>585887</v>
       </c>
       <c r="D9">
         <v>5930058878</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69851761</v>
+        <v>70252251</v>
       </c>
       <c r="B10">
         <v>2061904795</v>
       </c>
       <c r="C10">
         <v>585887</v>
       </c>
       <c r="D10">
         <v>5930058878</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69626362</v>
+        <v>70252259</v>
       </c>
       <c r="B11">
         <v>5.9300588785859E+15</v>
       </c>
       <c r="C11">
         <v>585887</v>
       </c>
       <c r="D11">
         <v>5930058878</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69626364</v>
+        <v>70252261</v>
       </c>
       <c r="B12">
         <v>5.9300588785859E+15</v>
       </c>
       <c r="C12">
         <v>585887</v>
       </c>
       <c r="D12">
         <v>5930058878</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" t="s">
         <v>36</v>
       </c>
       <c r="G12" t="s">
         <v>37</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69626365</v>
+        <v>70252262</v>
       </c>
       <c r="B13">
         <v>5.9300588785859E+15</v>
       </c>
       <c r="C13">
         <v>585887</v>
       </c>
       <c r="D13">
         <v>5930058878</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="G13" t="s">
         <v>39</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69626363</v>
+        <v>70252260</v>
       </c>
       <c r="B14">
         <v>5.9300588785859E+15</v>
       </c>
       <c r="C14">
         <v>585887</v>
       </c>
       <c r="D14">
         <v>5930058878</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>40</v>
       </c>
       <c r="G14" t="s">
         <v>41</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>