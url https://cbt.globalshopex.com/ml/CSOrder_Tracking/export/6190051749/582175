--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -122,54 +122,54 @@
   <si>
     <t>Payment is received and recorded for shipment related fees</t>
   </si>
   <si>
     <t>2025-10-07 15:28:00</t>
   </si>
   <si>
     <t>2025-10-07 04:11:14</t>
   </si>
   <si>
     <t>2025-10-06 02:09:10</t>
   </si>
   <si>
     <t>On hold awaiting for payment of shipment related fees</t>
   </si>
   <si>
     <t>2025-10-05 03:52:32</t>
   </si>
   <si>
     <t>Clearance processing complete at AUCKLAND-NZL</t>
   </si>
   <si>
     <t>2025-10-05 03:09:04</t>
   </si>
   <si>
+    <t>Clearance Event</t>
+  </si>
+  <si>
     <t>2025-10-04 07:05:29</t>
-  </si>
-[...1 lines deleted...]
-    <t>Clearance Event</t>
   </si>
   <si>
     <t>2025-10-02 21:48:18</t>
   </si>
   <si>
     <t>2025-09-30 21:05:51</t>
   </si>
   <si>
     <t>2025-09-27 05:01:56</t>
   </si>
   <si>
     <t>2025-09-26 09:46:33</t>
   </si>
   <si>
     <t>Processed for clearance at AUCKLAND-NZL</t>
   </si>
   <si>
     <t>2025-09-26 06:41:43</t>
   </si>
   <si>
     <t>Arrived at DHL Sort Facility AUCKLAND-NZL</t>
   </si>
   <si>
     <t>2025-09-26 06:35:53</t>
   </si>
@@ -607,1060 +607,1060 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69869829</v>
+        <v>70264039</v>
       </c>
       <c r="B2">
         <v>4702393835</v>
       </c>
       <c r="C2">
         <v>582175</v>
       </c>
       <c r="D2">
         <v>6190051749</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69869828</v>
+        <v>70264038</v>
       </c>
       <c r="B3">
         <v>4702393835</v>
       </c>
       <c r="C3">
         <v>582175</v>
       </c>
       <c r="D3">
         <v>6190051749</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69869827</v>
+        <v>70264037</v>
       </c>
       <c r="B4">
         <v>4702393835</v>
       </c>
       <c r="C4">
         <v>582175</v>
       </c>
       <c r="D4">
         <v>6190051749</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69869826</v>
+        <v>70264036</v>
       </c>
       <c r="B5">
         <v>4702393835</v>
       </c>
       <c r="C5">
         <v>582175</v>
       </c>
       <c r="D5">
         <v>6190051749</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69869825</v>
+        <v>70264035</v>
       </c>
       <c r="B6">
         <v>4702393835</v>
       </c>
       <c r="C6">
         <v>582175</v>
       </c>
       <c r="D6">
         <v>6190051749</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69869824</v>
+        <v>70264034</v>
       </c>
       <c r="B7">
         <v>4702393835</v>
       </c>
       <c r="C7">
         <v>582175</v>
       </c>
       <c r="D7">
         <v>6190051749</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69869823</v>
+        <v>70264033</v>
       </c>
       <c r="B8">
         <v>4702393835</v>
       </c>
       <c r="C8">
         <v>582175</v>
       </c>
       <c r="D8">
         <v>6190051749</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69869822</v>
+        <v>70264032</v>
       </c>
       <c r="B9">
         <v>4702393835</v>
       </c>
       <c r="C9">
         <v>582175</v>
       </c>
       <c r="D9">
         <v>6190051749</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69869821</v>
+        <v>70264031</v>
       </c>
       <c r="B10">
         <v>4702393835</v>
       </c>
       <c r="C10">
         <v>582175</v>
       </c>
       <c r="D10">
         <v>6190051749</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
       <c r="G10" t="s">
         <v>30</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69869820</v>
+        <v>70264030</v>
       </c>
       <c r="B11">
         <v>4702393835</v>
       </c>
       <c r="C11">
         <v>582175</v>
       </c>
       <c r="D11">
         <v>6190051749</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>18</v>
       </c>
       <c r="G11" t="s">
         <v>31</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69869819</v>
+        <v>70264029</v>
       </c>
       <c r="B12">
         <v>4702393835</v>
       </c>
       <c r="C12">
         <v>582175</v>
       </c>
       <c r="D12">
         <v>6190051749</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69869818</v>
+        <v>70264028</v>
       </c>
       <c r="B13">
         <v>4702393835</v>
       </c>
       <c r="C13">
         <v>582175</v>
       </c>
       <c r="D13">
         <v>6190051749</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69869817</v>
+        <v>70264026</v>
       </c>
       <c r="B14">
         <v>4702393835</v>
       </c>
       <c r="C14">
         <v>582175</v>
       </c>
       <c r="D14">
         <v>6190051749</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69869816</v>
+        <v>70264027</v>
       </c>
       <c r="B15">
         <v>4702393835</v>
       </c>
       <c r="C15">
         <v>582175</v>
       </c>
       <c r="D15">
         <v>6190051749</v>
       </c>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69869815</v>
+        <v>70264025</v>
       </c>
       <c r="B16">
         <v>4702393835</v>
       </c>
       <c r="C16">
         <v>582175</v>
       </c>
       <c r="D16">
         <v>6190051749</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>18</v>
       </c>
       <c r="G16" t="s">
         <v>38</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69869814</v>
+        <v>70264024</v>
       </c>
       <c r="B17">
         <v>4702393835</v>
       </c>
       <c r="C17">
         <v>582175</v>
       </c>
       <c r="D17">
         <v>6190051749</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G17" t="s">
         <v>38</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69869813</v>
+        <v>70264023</v>
       </c>
       <c r="B18">
         <v>4702393835</v>
       </c>
       <c r="C18">
         <v>582175</v>
       </c>
       <c r="D18">
         <v>6190051749</v>
       </c>
       <c r="E18" t="s">
         <v>17</v>
       </c>
       <c r="F18" t="s">
         <v>18</v>
       </c>
       <c r="G18" t="s">
         <v>39</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69869812</v>
+        <v>70264022</v>
       </c>
       <c r="B19">
         <v>4702393835</v>
       </c>
       <c r="C19">
         <v>582175</v>
       </c>
       <c r="D19">
         <v>6190051749</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G19" t="s">
         <v>39</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69869811</v>
+        <v>70264020</v>
       </c>
       <c r="B20">
         <v>4702393835</v>
       </c>
       <c r="C20">
         <v>582175</v>
       </c>
       <c r="D20">
         <v>6190051749</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G20" t="s">
         <v>40</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69869810</v>
+        <v>70264021</v>
       </c>
       <c r="B21">
         <v>4702393835</v>
       </c>
       <c r="C21">
         <v>582175</v>
       </c>
       <c r="D21">
         <v>6190051749</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G21" t="s">
         <v>40</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69869809</v>
+        <v>70264019</v>
       </c>
       <c r="B22">
         <v>4702393835</v>
       </c>
       <c r="C22">
         <v>582175</v>
       </c>
       <c r="D22">
         <v>6190051749</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>18</v>
       </c>
       <c r="G22" t="s">
         <v>41</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69869808</v>
+        <v>70264018</v>
       </c>
       <c r="B23">
         <v>4702393835</v>
       </c>
       <c r="C23">
         <v>582175</v>
       </c>
       <c r="D23">
         <v>6190051749</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>42</v>
       </c>
       <c r="G23" t="s">
         <v>43</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69869807</v>
+        <v>70264017</v>
       </c>
       <c r="B24">
         <v>4702393835</v>
       </c>
       <c r="C24">
         <v>582175</v>
       </c>
       <c r="D24">
         <v>6190051749</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G24" t="s">
         <v>43</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69869806</v>
+        <v>70264016</v>
       </c>
       <c r="B25">
         <v>4702393835</v>
       </c>
       <c r="C25">
         <v>582175</v>
       </c>
       <c r="D25">
         <v>6190051749</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>44</v>
       </c>
       <c r="G25" t="s">
         <v>45</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69869805</v>
+        <v>70264015</v>
       </c>
       <c r="B26">
         <v>4702393835</v>
       </c>
       <c r="C26">
         <v>582175</v>
       </c>
       <c r="D26">
         <v>6190051749</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>46</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69869804</v>
+        <v>70264014</v>
       </c>
       <c r="B27">
         <v>4702393835</v>
       </c>
       <c r="C27">
         <v>582175</v>
       </c>
       <c r="D27">
         <v>6190051749</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>48</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69869803</v>
+        <v>70264013</v>
       </c>
       <c r="B28">
         <v>4702393835</v>
       </c>
       <c r="C28">
         <v>582175</v>
       </c>
       <c r="D28">
         <v>6190051749</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>50</v>
       </c>
       <c r="G28" t="s">
         <v>51</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69869802</v>
+        <v>70264012</v>
       </c>
       <c r="B29">
         <v>4702393835</v>
       </c>
       <c r="C29">
         <v>582175</v>
       </c>
       <c r="D29">
         <v>6190051749</v>
       </c>
       <c r="E29" t="s">
         <v>17</v>
       </c>
       <c r="F29" t="s">
         <v>52</v>
       </c>
       <c r="G29" t="s">
         <v>53</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69869801</v>
+        <v>70264011</v>
       </c>
       <c r="B30">
         <v>4702393835</v>
       </c>
       <c r="C30">
         <v>582175</v>
       </c>
       <c r="D30">
         <v>6190051749</v>
       </c>
       <c r="E30" t="s">
         <v>17</v>
       </c>
       <c r="F30" t="s">
         <v>48</v>
       </c>
       <c r="G30" t="s">
         <v>54</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69869800</v>
+        <v>70264010</v>
       </c>
       <c r="B31">
         <v>4702393835</v>
       </c>
       <c r="C31">
         <v>582175</v>
       </c>
       <c r="D31">
         <v>6190051749</v>
       </c>
       <c r="E31" t="s">
         <v>17</v>
       </c>
       <c r="F31" t="s">
         <v>50</v>
       </c>
       <c r="G31" t="s">
         <v>55</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69869799</v>
+        <v>70264009</v>
       </c>
       <c r="B32">
         <v>4702393835</v>
       </c>
       <c r="C32">
         <v>582175</v>
       </c>
       <c r="D32">
         <v>6190051749</v>
       </c>
       <c r="E32" t="s">
         <v>56</v>
       </c>
       <c r="F32" t="s">
         <v>57</v>
       </c>
       <c r="G32" t="s">
         <v>58</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69869798</v>
+        <v>70264008</v>
       </c>
       <c r="B33">
         <v>4702393835</v>
       </c>
       <c r="C33">
         <v>582175</v>
       </c>
       <c r="D33">
         <v>6190051749</v>
       </c>
       <c r="E33" t="s">
         <v>56</v>
       </c>
       <c r="F33" t="s">
         <v>59</v>
       </c>
       <c r="G33" t="s">
         <v>60</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69869830</v>
+        <v>70252774</v>
       </c>
       <c r="B34">
         <v>6.1900517495822E+15</v>
       </c>
       <c r="C34">
         <v>582175</v>
       </c>
       <c r="D34">
         <v>6190051749</v>
       </c>
       <c r="E34" t="s">
         <v>61</v>
       </c>
       <c r="F34" t="s">
         <v>62</v>
       </c>
       <c r="G34" t="s">
         <v>63</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69869832</v>
+        <v>70252776</v>
       </c>
       <c r="B35">
         <v>6.1900517495822E+15</v>
       </c>
       <c r="C35">
         <v>582175</v>
       </c>
       <c r="D35">
         <v>6190051749</v>
       </c>
       <c r="E35" t="s">
         <v>61</v>
       </c>
       <c r="F35" t="s">
         <v>64</v>
       </c>
       <c r="G35" t="s">
         <v>65</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>69869833</v>
+        <v>70252777</v>
       </c>
       <c r="B36">
         <v>6.1900517495822E+15</v>
       </c>
       <c r="C36">
         <v>582175</v>
       </c>
       <c r="D36">
         <v>6190051749</v>
       </c>
       <c r="E36" t="s">
         <v>61</v>
       </c>
       <c r="F36" t="s">
         <v>66</v>
       </c>
       <c r="G36" t="s">
         <v>67</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>69869831</v>
+        <v>70252775</v>
       </c>
       <c r="B37">
         <v>6.1900517495822E+15</v>
       </c>
       <c r="C37">
         <v>582175</v>
       </c>
       <c r="D37">
         <v>6190051749</v>
       </c>
       <c r="E37" t="s">
         <v>61</v>
       </c>
       <c r="F37" t="s">
         <v>68</v>
       </c>
       <c r="G37" t="s">
         <v>69</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>