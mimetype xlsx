--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>tracking_code</t>
   </si>
   <si>
     <t>order_gsx</t>
   </si>
   <si>
     <t>order_cbt</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>message</t>
   </si>
   <si>
     <t>datetime</t>
   </si>
   <si>
     <t>carrier</t>
   </si>
   <si>
@@ -92,138 +92,129 @@
   <si>
     <t>Shipment is on hold</t>
   </si>
   <si>
     <t>2025-10-08 08:39:37</t>
   </si>
   <si>
     <t>Arrived at DHL Delivery Facility TAURANGA-NZL</t>
   </si>
   <si>
     <t>2025-10-08 08:03:38</t>
   </si>
   <si>
     <t>Shipment has departed from a DHL facility AUCKLAND-NZL</t>
   </si>
   <si>
     <t>2025-10-08 05:44:58</t>
   </si>
   <si>
     <t>Processed at AUCKLAND-NZL</t>
   </si>
   <si>
     <t>2025-10-08 05:44:35</t>
   </si>
   <si>
-    <t>2025-10-08 04:01:09</t>
-[...1 lines deleted...]
-  <si>
     <t>available_for_pickup</t>
   </si>
   <si>
     <t>Payment is received and recorded for shipment related fees</t>
   </si>
   <si>
     <t>2025-10-07 15:28:00</t>
   </si>
   <si>
     <t>2025-10-07 04:11:14</t>
   </si>
   <si>
     <t>2025-10-06 02:09:10</t>
   </si>
   <si>
     <t>On hold awaiting for payment of shipment related fees</t>
   </si>
   <si>
     <t>2025-10-05 03:52:32</t>
   </si>
   <si>
     <t>Clearance processing complete at AUCKLAND-NZL</t>
   </si>
   <si>
     <t>2025-10-05 03:09:04</t>
   </si>
   <si>
+    <t>2025-10-04 07:05:29</t>
+  </si>
+  <si>
     <t>Clearance Event</t>
   </si>
   <si>
-    <t>2025-10-04 07:05:29</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-02 21:48:18</t>
   </si>
   <si>
     <t>2025-09-30 21:05:51</t>
   </si>
   <si>
     <t>2025-09-27 05:01:56</t>
   </si>
   <si>
     <t>2025-09-26 09:46:33</t>
   </si>
   <si>
     <t>Processed for clearance at AUCKLAND-NZL</t>
   </si>
   <si>
     <t>2025-09-26 06:41:43</t>
   </si>
   <si>
     <t>Arrived at DHL Sort Facility AUCKLAND-NZL</t>
   </si>
   <si>
     <t>2025-09-26 06:35:53</t>
   </si>
   <si>
     <t>Shipment is in transit to destination</t>
   </si>
   <si>
     <t>2025-09-25 21:48:59</t>
   </si>
   <si>
-    <t>Shipment has departed from a DHL facility BRISBANE-AUS</t>
+    <t>Shipment has departed from a DHL facility BRISBANE,AG-AUS</t>
   </si>
   <si>
     <t>2025-09-25 18:53:58</t>
   </si>
   <si>
-    <t>Processed at BRISBANE-AUS</t>
+    <t>Processed at BRISBANE,AG-AUS</t>
   </si>
   <si>
     <t>2025-09-25 16:59:49</t>
   </si>
   <si>
-    <t>Arrived at DHL Sort Facility BRISBANE-AUS</t>
+    <t>Arrived at DHL Sort Facility BRISBANE,AG-AUS</t>
   </si>
   <si>
     <t>2025-09-25 16:04:15</t>
-  </si>
-[...4 lines deleted...]
-    <t>2025-09-25 14:37:57</t>
   </si>
   <si>
     <t>pre_transit</t>
   </si>
   <si>
     <t>Shipment picked up</t>
   </si>
   <si>
     <t>2025-09-25 07:02:53</t>
   </si>
   <si>
     <t>Shipment information received</t>
   </si>
   <si>
     <t>2025-09-24 16:06:19</t>
   </si>
   <si>
     <t>sistema</t>
   </si>
   <si>
     <t>582175 dhl 4702393835</t>
   </si>
   <si>
     <t>2025-03-13 16:50:08</t>
   </si>
@@ -568,1121 +559,1034 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I37"/>
+  <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70264039</v>
+        <v>70655519</v>
       </c>
       <c r="B2">
         <v>4702393835</v>
       </c>
       <c r="C2">
         <v>582175</v>
       </c>
       <c r="D2">
         <v>6190051749</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70264038</v>
+        <v>70655518</v>
       </c>
       <c r="B3">
         <v>4702393835</v>
       </c>
       <c r="C3">
         <v>582175</v>
       </c>
       <c r="D3">
         <v>6190051749</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70264037</v>
+        <v>70655517</v>
       </c>
       <c r="B4">
         <v>4702393835</v>
       </c>
       <c r="C4">
         <v>582175</v>
       </c>
       <c r="D4">
         <v>6190051749</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70264036</v>
+        <v>70655516</v>
       </c>
       <c r="B5">
         <v>4702393835</v>
       </c>
       <c r="C5">
         <v>582175</v>
       </c>
       <c r="D5">
         <v>6190051749</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70264035</v>
+        <v>70655515</v>
       </c>
       <c r="B6">
         <v>4702393835</v>
       </c>
       <c r="C6">
         <v>582175</v>
       </c>
       <c r="D6">
         <v>6190051749</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70264034</v>
+        <v>70655514</v>
       </c>
       <c r="B7">
         <v>4702393835</v>
       </c>
       <c r="C7">
         <v>582175</v>
       </c>
       <c r="D7">
         <v>6190051749</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70264033</v>
+        <v>70655513</v>
       </c>
       <c r="B8">
         <v>4702393835</v>
       </c>
       <c r="C8">
         <v>582175</v>
       </c>
       <c r="D8">
         <v>6190051749</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70264032</v>
+        <v>70655512</v>
       </c>
       <c r="B9">
         <v>4702393835</v>
       </c>
       <c r="C9">
         <v>582175</v>
       </c>
       <c r="D9">
         <v>6190051749</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F9" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70264031</v>
+        <v>70655511</v>
       </c>
       <c r="B10">
         <v>4702393835</v>
       </c>
       <c r="C10">
         <v>582175</v>
       </c>
       <c r="D10">
         <v>6190051749</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
       <c r="G10" t="s">
         <v>30</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70264030</v>
+        <v>70655510</v>
       </c>
       <c r="B11">
         <v>4702393835</v>
       </c>
       <c r="C11">
         <v>582175</v>
       </c>
       <c r="D11">
         <v>6190051749</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70264029</v>
+        <v>70655509</v>
       </c>
       <c r="B12">
         <v>4702393835</v>
       </c>
       <c r="C12">
         <v>582175</v>
       </c>
       <c r="D12">
         <v>6190051749</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70264028</v>
+        <v>70655507</v>
       </c>
       <c r="B13">
         <v>4702393835</v>
       </c>
       <c r="C13">
         <v>582175</v>
       </c>
       <c r="D13">
         <v>6190051749</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70264026</v>
+        <v>70655508</v>
       </c>
       <c r="B14">
         <v>4702393835</v>
       </c>
       <c r="C14">
         <v>582175</v>
       </c>
       <c r="D14">
         <v>6190051749</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>36</v>
       </c>
       <c r="G14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70264027</v>
+        <v>70655505</v>
       </c>
       <c r="B15">
         <v>4702393835</v>
       </c>
       <c r="C15">
         <v>582175</v>
       </c>
       <c r="D15">
         <v>6190051749</v>
       </c>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>18</v>
       </c>
       <c r="G15" t="s">
         <v>37</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70264025</v>
+        <v>70655506</v>
       </c>
       <c r="B16">
         <v>4702393835</v>
       </c>
       <c r="C16">
         <v>582175</v>
       </c>
       <c r="D16">
         <v>6190051749</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70264024</v>
+        <v>70655503</v>
       </c>
       <c r="B17">
         <v>4702393835</v>
       </c>
       <c r="C17">
         <v>582175</v>
       </c>
       <c r="D17">
         <v>6190051749</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="G17" t="s">
         <v>38</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70264023</v>
+        <v>70655504</v>
       </c>
       <c r="B18">
         <v>4702393835</v>
       </c>
       <c r="C18">
         <v>582175</v>
       </c>
       <c r="D18">
         <v>6190051749</v>
       </c>
       <c r="E18" t="s">
         <v>17</v>
       </c>
       <c r="F18" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G18" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70264022</v>
+        <v>70655502</v>
       </c>
       <c r="B19">
         <v>4702393835</v>
       </c>
       <c r="C19">
         <v>582175</v>
       </c>
       <c r="D19">
         <v>6190051749</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>36</v>
       </c>
       <c r="G19" t="s">
         <v>39</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70264020</v>
+        <v>70655501</v>
       </c>
       <c r="B20">
         <v>4702393835</v>
       </c>
       <c r="C20">
         <v>582175</v>
       </c>
       <c r="D20">
         <v>6190051749</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>18</v>
       </c>
       <c r="G20" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70264021</v>
+        <v>70655500</v>
       </c>
       <c r="B21">
         <v>4702393835</v>
       </c>
       <c r="C21">
         <v>582175</v>
       </c>
       <c r="D21">
         <v>6190051749</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="G21" t="s">
         <v>40</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70264019</v>
+        <v>70655499</v>
       </c>
       <c r="B22">
         <v>4702393835</v>
       </c>
       <c r="C22">
         <v>582175</v>
       </c>
       <c r="D22">
         <v>6190051749</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="G22" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70264018</v>
+        <v>70655498</v>
       </c>
       <c r="B23">
         <v>4702393835</v>
       </c>
       <c r="C23">
         <v>582175</v>
       </c>
       <c r="D23">
         <v>6190051749</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
+        <v>36</v>
+      </c>
+      <c r="G23" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70264017</v>
+        <v>70655497</v>
       </c>
       <c r="B24">
         <v>4702393835</v>
       </c>
       <c r="C24">
         <v>582175</v>
       </c>
       <c r="D24">
         <v>6190051749</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="G24" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70264016</v>
+        <v>70655496</v>
       </c>
       <c r="B25">
         <v>4702393835</v>
       </c>
       <c r="C25">
         <v>582175</v>
       </c>
       <c r="D25">
         <v>6190051749</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G25" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70264015</v>
+        <v>70655495</v>
       </c>
       <c r="B26">
         <v>4702393835</v>
       </c>
       <c r="C26">
         <v>582175</v>
       </c>
       <c r="D26">
         <v>6190051749</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G26" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70264014</v>
+        <v>70655494</v>
       </c>
       <c r="B27">
         <v>4702393835</v>
       </c>
       <c r="C27">
         <v>582175</v>
       </c>
       <c r="D27">
         <v>6190051749</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G27" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70264013</v>
+        <v>70655493</v>
       </c>
       <c r="B28">
         <v>4702393835</v>
       </c>
       <c r="C28">
         <v>582175</v>
       </c>
       <c r="D28">
         <v>6190051749</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G28" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70264012</v>
+        <v>70655492</v>
       </c>
       <c r="B29">
         <v>4702393835</v>
       </c>
       <c r="C29">
         <v>582175</v>
       </c>
       <c r="D29">
         <v>6190051749</v>
       </c>
       <c r="E29" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="F29" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G29" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70264011</v>
+        <v>70655491</v>
       </c>
       <c r="B30">
         <v>4702393835</v>
       </c>
       <c r="C30">
         <v>582175</v>
       </c>
       <c r="D30">
         <v>6190051749</v>
       </c>
       <c r="E30" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="F30" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G30" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70264010</v>
+        <v>70655520</v>
       </c>
       <c r="B31">
-        <v>4702393835</v>
+        <v>6.1900517495822E+15</v>
       </c>
       <c r="C31">
         <v>582175</v>
       </c>
       <c r="D31">
         <v>6190051749</v>
       </c>
       <c r="E31" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="F31" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="G31" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="H31"/>
       <c r="I31" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70264009</v>
+        <v>70655522</v>
       </c>
       <c r="B32">
-        <v>4702393835</v>
+        <v>6.1900517495822E+15</v>
       </c>
       <c r="C32">
         <v>582175</v>
       </c>
       <c r="D32">
         <v>6190051749</v>
       </c>
       <c r="E32" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F32" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G32" t="s">
+        <v>62</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70264008</v>
+        <v>70655523</v>
       </c>
       <c r="B33">
-        <v>4702393835</v>
+        <v>6.1900517495822E+15</v>
       </c>
       <c r="C33">
         <v>582175</v>
       </c>
       <c r="D33">
         <v>6190051749</v>
       </c>
       <c r="E33" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F33" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="G33" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H33"/>
       <c r="I33" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70252774</v>
+        <v>70655521</v>
       </c>
       <c r="B34">
         <v>6.1900517495822E+15</v>
       </c>
       <c r="C34">
         <v>582175</v>
       </c>
       <c r="D34">
         <v>6190051749</v>
       </c>
       <c r="E34" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F34" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G34" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
-        <v>61</v>
-[...80 lines deleted...]
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">