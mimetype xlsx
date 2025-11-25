--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -624,51 +624,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69858495</v>
+        <v>70252328</v>
       </c>
       <c r="B2">
         <v>625488030</v>
       </c>
       <c r="C2">
         <v>488030</v>
       </c>
       <c r="D2">
         <v>625</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -738,51 +738,51 @@
       </c>
       <c r="C5">
         <v>488030</v>
       </c>
       <c r="D5">
         <v>625</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69858494</v>
+        <v>70252327</v>
       </c>
       <c r="B6">
         <v>625488030</v>
       </c>
       <c r="C6">
         <v>488030</v>
       </c>
       <c r="D6">
         <v>625</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
         <v>19</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:9">
@@ -1513,105 +1513,105 @@
       <c r="B32">
         <v>625488030</v>
       </c>
       <c r="C32">
         <v>488030</v>
       </c>
       <c r="D32">
         <v>625</v>
       </c>
       <c r="E32" t="s">
         <v>63</v>
       </c>
       <c r="F32" t="s">
         <v>64</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69858497</v>
+        <v>70252330</v>
       </c>
       <c r="B33">
         <v>625488030</v>
       </c>
       <c r="C33">
         <v>488030</v>
       </c>
       <c r="D33">
         <v>625</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33" t="s">
         <v>67</v>
       </c>
       <c r="G33" t="s">
         <v>68</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69858496</v>
+        <v>70252329</v>
       </c>
       <c r="B34">
         <v>625488030</v>
       </c>
       <c r="C34">
         <v>488030</v>
       </c>
       <c r="D34">
         <v>625</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
       <c r="F34" t="s">
         <v>69</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69858498</v>
+        <v>70252331</v>
       </c>
       <c r="B35">
         <v>625488030</v>
       </c>
       <c r="C35">
         <v>488030</v>
       </c>
       <c r="D35">
         <v>625</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
       <c r="F35" t="s">
         <v>71</v>
       </c>
       <c r="G35" t="s">
         <v>72</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:9">