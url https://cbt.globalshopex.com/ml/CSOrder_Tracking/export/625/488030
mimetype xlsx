--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -624,51 +624,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70252328</v>
+        <v>70600215</v>
       </c>
       <c r="B2">
         <v>625488030</v>
       </c>
       <c r="C2">
         <v>488030</v>
       </c>
       <c r="D2">
         <v>625</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -738,51 +738,51 @@
       </c>
       <c r="C5">
         <v>488030</v>
       </c>
       <c r="D5">
         <v>625</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70252327</v>
+        <v>70600214</v>
       </c>
       <c r="B6">
         <v>625488030</v>
       </c>
       <c r="C6">
         <v>488030</v>
       </c>
       <c r="D6">
         <v>625</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
         <v>19</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:9">
@@ -1513,105 +1513,105 @@
       <c r="B32">
         <v>625488030</v>
       </c>
       <c r="C32">
         <v>488030</v>
       </c>
       <c r="D32">
         <v>625</v>
       </c>
       <c r="E32" t="s">
         <v>63</v>
       </c>
       <c r="F32" t="s">
         <v>64</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70252330</v>
+        <v>70600217</v>
       </c>
       <c r="B33">
         <v>625488030</v>
       </c>
       <c r="C33">
         <v>488030</v>
       </c>
       <c r="D33">
         <v>625</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33" t="s">
         <v>67</v>
       </c>
       <c r="G33" t="s">
         <v>68</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70252329</v>
+        <v>70600216</v>
       </c>
       <c r="B34">
         <v>625488030</v>
       </c>
       <c r="C34">
         <v>488030</v>
       </c>
       <c r="D34">
         <v>625</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
       <c r="F34" t="s">
         <v>69</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70252331</v>
+        <v>70600218</v>
       </c>
       <c r="B35">
         <v>625488030</v>
       </c>
       <c r="C35">
         <v>488030</v>
       </c>
       <c r="D35">
         <v>625</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
       <c r="F35" t="s">
         <v>71</v>
       </c>
       <c r="G35" t="s">
         <v>72</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:9">