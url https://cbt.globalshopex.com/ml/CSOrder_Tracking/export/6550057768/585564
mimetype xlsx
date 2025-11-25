--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -604,799 +604,799 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69870081</v>
+        <v>70256250</v>
       </c>
       <c r="B2">
         <v>7502670711</v>
       </c>
       <c r="C2">
         <v>585564</v>
       </c>
       <c r="D2">
         <v>6550057768</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69870080</v>
+        <v>70256249</v>
       </c>
       <c r="B3">
         <v>7502670711</v>
       </c>
       <c r="C3">
         <v>585564</v>
       </c>
       <c r="D3">
         <v>6550057768</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69870079</v>
+        <v>70256248</v>
       </c>
       <c r="B4">
         <v>7502670711</v>
       </c>
       <c r="C4">
         <v>585564</v>
       </c>
       <c r="D4">
         <v>6550057768</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69870078</v>
+        <v>70256247</v>
       </c>
       <c r="B5">
         <v>7502670711</v>
       </c>
       <c r="C5">
         <v>585564</v>
       </c>
       <c r="D5">
         <v>6550057768</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69870077</v>
+        <v>70256246</v>
       </c>
       <c r="B6">
         <v>7502670711</v>
       </c>
       <c r="C6">
         <v>585564</v>
       </c>
       <c r="D6">
         <v>6550057768</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69870076</v>
+        <v>70256245</v>
       </c>
       <c r="B7">
         <v>7502670711</v>
       </c>
       <c r="C7">
         <v>585564</v>
       </c>
       <c r="D7">
         <v>6550057768</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69870075</v>
+        <v>70256244</v>
       </c>
       <c r="B8">
         <v>7502670711</v>
       </c>
       <c r="C8">
         <v>585564</v>
       </c>
       <c r="D8">
         <v>6550057768</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69870074</v>
+        <v>70256243</v>
       </c>
       <c r="B9">
         <v>7502670711</v>
       </c>
       <c r="C9">
         <v>585564</v>
       </c>
       <c r="D9">
         <v>6550057768</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69870073</v>
+        <v>70256242</v>
       </c>
       <c r="B10">
         <v>7502670711</v>
       </c>
       <c r="C10">
         <v>585564</v>
       </c>
       <c r="D10">
         <v>6550057768</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69870072</v>
+        <v>70256241</v>
       </c>
       <c r="B11">
         <v>7502670711</v>
       </c>
       <c r="C11">
         <v>585564</v>
       </c>
       <c r="D11">
         <v>6550057768</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69870071</v>
+        <v>70256240</v>
       </c>
       <c r="B12">
         <v>7502670711</v>
       </c>
       <c r="C12">
         <v>585564</v>
       </c>
       <c r="D12">
         <v>6550057768</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69870070</v>
+        <v>70256239</v>
       </c>
       <c r="B13">
         <v>7502670711</v>
       </c>
       <c r="C13">
         <v>585564</v>
       </c>
       <c r="D13">
         <v>6550057768</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69870069</v>
+        <v>70256238</v>
       </c>
       <c r="B14">
         <v>7502670711</v>
       </c>
       <c r="C14">
         <v>585564</v>
       </c>
       <c r="D14">
         <v>6550057768</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69870068</v>
+        <v>70256237</v>
       </c>
       <c r="B15">
         <v>7502670711</v>
       </c>
       <c r="C15">
         <v>585564</v>
       </c>
       <c r="D15">
         <v>6550057768</v>
       </c>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>41</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69870067</v>
+        <v>70256236</v>
       </c>
       <c r="B16">
         <v>7502670711</v>
       </c>
       <c r="C16">
         <v>585564</v>
       </c>
       <c r="D16">
         <v>6550057768</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16" t="s">
         <v>43</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69870066</v>
+        <v>70256235</v>
       </c>
       <c r="B17">
         <v>7502670711</v>
       </c>
       <c r="C17">
         <v>585564</v>
       </c>
       <c r="D17">
         <v>6550057768</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69870065</v>
+        <v>70256234</v>
       </c>
       <c r="B18">
         <v>7502670711</v>
       </c>
       <c r="C18">
         <v>585564</v>
       </c>
       <c r="D18">
         <v>6550057768</v>
       </c>
       <c r="E18" t="s">
         <v>17</v>
       </c>
       <c r="F18" t="s">
         <v>46</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69870064</v>
+        <v>70256233</v>
       </c>
       <c r="B19">
         <v>7502670711</v>
       </c>
       <c r="C19">
         <v>585564</v>
       </c>
       <c r="D19">
         <v>6550057768</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>48</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69870063</v>
+        <v>70256232</v>
       </c>
       <c r="B20">
         <v>7502670711</v>
       </c>
       <c r="C20">
         <v>585564</v>
       </c>
       <c r="D20">
         <v>6550057768</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69870062</v>
+        <v>70256231</v>
       </c>
       <c r="B21">
         <v>7502670711</v>
       </c>
       <c r="C21">
         <v>585564</v>
       </c>
       <c r="D21">
         <v>6550057768</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21" t="s">
         <v>53</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69870061</v>
+        <v>70256230</v>
       </c>
       <c r="B22">
         <v>7502670711</v>
       </c>
       <c r="C22">
         <v>585564</v>
       </c>
       <c r="D22">
         <v>6550057768</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>54</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69870059</v>
+        <v>70256228</v>
       </c>
       <c r="B23">
         <v>7502670711</v>
       </c>
       <c r="C23">
         <v>585564</v>
       </c>
       <c r="D23">
         <v>6550057768</v>
       </c>
       <c r="E23" t="s">
         <v>56</v>
       </c>
       <c r="F23" t="s">
         <v>57</v>
       </c>
       <c r="G23" t="s">
         <v>58</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69870060</v>
+        <v>70256229</v>
       </c>
       <c r="B24">
         <v>7502670711</v>
       </c>
       <c r="C24">
         <v>585564</v>
       </c>
       <c r="D24">
         <v>6550057768</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>59</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69870082</v>
+        <v>70256255</v>
       </c>
       <c r="B25">
         <v>6.5500577685856E+15</v>
       </c>
       <c r="C25">
         <v>585564</v>
       </c>
       <c r="D25">
         <v>6550057768</v>
       </c>
       <c r="E25" t="s">
         <v>60</v>
       </c>
       <c r="F25" t="s">
         <v>61</v>
       </c>
       <c r="G25" t="s">
         <v>62</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69870084</v>
+        <v>70256257</v>
       </c>
       <c r="B26">
         <v>6.5500577685856E+15</v>
       </c>
       <c r="C26">
         <v>585564</v>
       </c>
       <c r="D26">
         <v>6550057768</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>63</v>
       </c>
       <c r="G26" t="s">
         <v>64</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69870085</v>
+        <v>70256258</v>
       </c>
       <c r="B27">
         <v>6.5500577685856E+15</v>
       </c>
       <c r="C27">
         <v>585564</v>
       </c>
       <c r="D27">
         <v>6550057768</v>
       </c>
       <c r="E27" t="s">
         <v>60</v>
       </c>
       <c r="F27" t="s">
         <v>65</v>
       </c>
       <c r="G27" t="s">
         <v>66</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69870083</v>
+        <v>70256256</v>
       </c>
       <c r="B28">
         <v>6.5500577685856E+15</v>
       </c>
       <c r="C28">
         <v>585564</v>
       </c>
       <c r="D28">
         <v>6550057768</v>
       </c>
       <c r="E28" t="s">
         <v>60</v>
       </c>
       <c r="F28" t="s">
         <v>67</v>
       </c>
       <c r="G28" t="s">
         <v>68</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>