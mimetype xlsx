--- v1 (2025-11-25)
+++ v2 (2025-11-26)
@@ -604,689 +604,689 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70256250</v>
+        <v>70263683</v>
       </c>
       <c r="B2">
         <v>7502670711</v>
       </c>
       <c r="C2">
         <v>585564</v>
       </c>
       <c r="D2">
         <v>6550057768</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70256249</v>
+        <v>70263682</v>
       </c>
       <c r="B3">
         <v>7502670711</v>
       </c>
       <c r="C3">
         <v>585564</v>
       </c>
       <c r="D3">
         <v>6550057768</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70256248</v>
+        <v>70263681</v>
       </c>
       <c r="B4">
         <v>7502670711</v>
       </c>
       <c r="C4">
         <v>585564</v>
       </c>
       <c r="D4">
         <v>6550057768</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70256247</v>
+        <v>70263680</v>
       </c>
       <c r="B5">
         <v>7502670711</v>
       </c>
       <c r="C5">
         <v>585564</v>
       </c>
       <c r="D5">
         <v>6550057768</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70256246</v>
+        <v>70263679</v>
       </c>
       <c r="B6">
         <v>7502670711</v>
       </c>
       <c r="C6">
         <v>585564</v>
       </c>
       <c r="D6">
         <v>6550057768</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70256245</v>
+        <v>70263678</v>
       </c>
       <c r="B7">
         <v>7502670711</v>
       </c>
       <c r="C7">
         <v>585564</v>
       </c>
       <c r="D7">
         <v>6550057768</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70256244</v>
+        <v>70263677</v>
       </c>
       <c r="B8">
         <v>7502670711</v>
       </c>
       <c r="C8">
         <v>585564</v>
       </c>
       <c r="D8">
         <v>6550057768</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70256243</v>
+        <v>70263676</v>
       </c>
       <c r="B9">
         <v>7502670711</v>
       </c>
       <c r="C9">
         <v>585564</v>
       </c>
       <c r="D9">
         <v>6550057768</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70256242</v>
+        <v>70263675</v>
       </c>
       <c r="B10">
         <v>7502670711</v>
       </c>
       <c r="C10">
         <v>585564</v>
       </c>
       <c r="D10">
         <v>6550057768</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70256241</v>
+        <v>70263674</v>
       </c>
       <c r="B11">
         <v>7502670711</v>
       </c>
       <c r="C11">
         <v>585564</v>
       </c>
       <c r="D11">
         <v>6550057768</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70256240</v>
+        <v>70263673</v>
       </c>
       <c r="B12">
         <v>7502670711</v>
       </c>
       <c r="C12">
         <v>585564</v>
       </c>
       <c r="D12">
         <v>6550057768</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70256239</v>
+        <v>70263672</v>
       </c>
       <c r="B13">
         <v>7502670711</v>
       </c>
       <c r="C13">
         <v>585564</v>
       </c>
       <c r="D13">
         <v>6550057768</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70256238</v>
+        <v>70263671</v>
       </c>
       <c r="B14">
         <v>7502670711</v>
       </c>
       <c r="C14">
         <v>585564</v>
       </c>
       <c r="D14">
         <v>6550057768</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70256237</v>
+        <v>70263670</v>
       </c>
       <c r="B15">
         <v>7502670711</v>
       </c>
       <c r="C15">
         <v>585564</v>
       </c>
       <c r="D15">
         <v>6550057768</v>
       </c>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>41</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70256236</v>
+        <v>70263669</v>
       </c>
       <c r="B16">
         <v>7502670711</v>
       </c>
       <c r="C16">
         <v>585564</v>
       </c>
       <c r="D16">
         <v>6550057768</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16" t="s">
         <v>43</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70256235</v>
+        <v>70263668</v>
       </c>
       <c r="B17">
         <v>7502670711</v>
       </c>
       <c r="C17">
         <v>585564</v>
       </c>
       <c r="D17">
         <v>6550057768</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70256234</v>
+        <v>70263667</v>
       </c>
       <c r="B18">
         <v>7502670711</v>
       </c>
       <c r="C18">
         <v>585564</v>
       </c>
       <c r="D18">
         <v>6550057768</v>
       </c>
       <c r="E18" t="s">
         <v>17</v>
       </c>
       <c r="F18" t="s">
         <v>46</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70256233</v>
+        <v>70263666</v>
       </c>
       <c r="B19">
         <v>7502670711</v>
       </c>
       <c r="C19">
         <v>585564</v>
       </c>
       <c r="D19">
         <v>6550057768</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>48</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70256232</v>
+        <v>70263665</v>
       </c>
       <c r="B20">
         <v>7502670711</v>
       </c>
       <c r="C20">
         <v>585564</v>
       </c>
       <c r="D20">
         <v>6550057768</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70256231</v>
+        <v>70263664</v>
       </c>
       <c r="B21">
         <v>7502670711</v>
       </c>
       <c r="C21">
         <v>585564</v>
       </c>
       <c r="D21">
         <v>6550057768</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21" t="s">
         <v>53</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70256230</v>
+        <v>70263663</v>
       </c>
       <c r="B22">
         <v>7502670711</v>
       </c>
       <c r="C22">
         <v>585564</v>
       </c>
       <c r="D22">
         <v>6550057768</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>54</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70256228</v>
+        <v>70263661</v>
       </c>
       <c r="B23">
         <v>7502670711</v>
       </c>
       <c r="C23">
         <v>585564</v>
       </c>
       <c r="D23">
         <v>6550057768</v>
       </c>
       <c r="E23" t="s">
         <v>56</v>
       </c>
       <c r="F23" t="s">
         <v>57</v>
       </c>
       <c r="G23" t="s">
         <v>58</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70256229</v>
+        <v>70263662</v>
       </c>
       <c r="B24">
         <v>7502670711</v>
       </c>
       <c r="C24">
         <v>585564</v>
       </c>
       <c r="D24">
         <v>6550057768</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>59</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>