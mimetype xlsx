--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -541,449 +541,449 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69963876</v>
+        <v>70425758</v>
       </c>
       <c r="B2">
         <v>523500019582</v>
       </c>
       <c r="C2">
         <v>573455</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69963877</v>
+        <v>70425759</v>
       </c>
       <c r="B3">
         <v>523500019582</v>
       </c>
       <c r="C3">
         <v>573455</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69963878</v>
+        <v>70425760</v>
       </c>
       <c r="B4">
         <v>523500019582</v>
       </c>
       <c r="C4">
         <v>573455</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4" t="s">
         <v>18</v>
       </c>
       <c r="H4" t="s">
         <v>13</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69963879</v>
+        <v>70425761</v>
       </c>
       <c r="B5">
         <v>523500019582</v>
       </c>
       <c r="C5">
         <v>573455</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69963880</v>
+        <v>70425762</v>
       </c>
       <c r="B6">
         <v>523500019582</v>
       </c>
       <c r="C6">
         <v>573455</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>13</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69963881</v>
+        <v>70425763</v>
       </c>
       <c r="B7">
         <v>523500019582</v>
       </c>
       <c r="C7">
         <v>573455</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>13</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69963887</v>
+        <v>70425769</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8">
         <v>573455</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8" t="s">
         <v>29</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69963882</v>
+        <v>70425764</v>
       </c>
       <c r="B9">
         <v>523500019582</v>
       </c>
       <c r="C9">
         <v>573455</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9" t="s">
         <v>32</v>
       </c>
       <c r="H9" t="s">
         <v>13</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69963883</v>
+        <v>70425765</v>
       </c>
       <c r="B10">
         <v>523500019582</v>
       </c>
       <c r="C10">
         <v>573455</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>35</v>
       </c>
       <c r="H10" t="s">
         <v>13</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69963884</v>
+        <v>70425766</v>
       </c>
       <c r="B11">
         <v>523500019582</v>
       </c>
       <c r="C11">
         <v>573455</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>16</v>
       </c>
       <c r="F11" t="s">
         <v>36</v>
       </c>
       <c r="G11" t="s">
         <v>37</v>
       </c>
       <c r="H11" t="s">
         <v>13</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69963886</v>
+        <v>70425768</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
         <v>573455</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="G12" t="s">
         <v>39</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69963885</v>
+        <v>70425767</v>
       </c>
       <c r="B13">
         <v>523500019582</v>
       </c>
       <c r="C13">
         <v>573455</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>16</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
       <c r="G13" t="s">
         <v>41</v>
       </c>
       <c r="H13" t="s">
         <v>13</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69963889</v>
+        <v>70425771</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14">
         <v>573455</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69963890</v>
+        <v>70425772</v>
       </c>
       <c r="B15" t="s">
         <v>26</v>
       </c>
       <c r="C15">
         <v>573455</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="F15" t="s">
         <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>45</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69963888</v>
+        <v>70425770</v>
       </c>
       <c r="B16" t="s">
         <v>26</v>
       </c>
       <c r="C16">
         <v>573455</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="F16" t="s">
         <v>46</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>