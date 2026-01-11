--- v0 (2025-10-12)
+++ v1 (2026-01-11)
@@ -12,77 +12,254 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>tracking_code</t>
   </si>
   <si>
     <t>order_gsx</t>
   </si>
   <si>
     <t>order_cbt</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>message</t>
   </si>
   <si>
     <t>datetime</t>
   </si>
   <si>
     <t>carrier</t>
   </si>
   <si>
     <t>source</t>
+  </si>
+  <si>
+    <t>in_transit</t>
+  </si>
+  <si>
+    <t>Shipment is on hold</t>
+  </si>
+  <si>
+    <t>2026-01-09 09:26:09</t>
+  </si>
+  <si>
+    <t>dhl</t>
+  </si>
+  <si>
+    <t>easypost</t>
+  </si>
+  <si>
+    <t>Clearance Event</t>
+  </si>
+  <si>
+    <t>2026-01-08 13:22:12</t>
+  </si>
+  <si>
+    <t>2026-01-07 11:50:21</t>
+  </si>
+  <si>
+    <t>2026-01-06 09:56:39</t>
+  </si>
+  <si>
+    <t>2026-01-05 10:47:11</t>
+  </si>
+  <si>
+    <t>2025-12-31 11:24:52</t>
+  </si>
+  <si>
+    <t>2025-12-30 11:34:28</t>
+  </si>
+  <si>
+    <t>2025-12-29 13:49:07</t>
+  </si>
+  <si>
+    <t>2025-12-26 11:16:22</t>
+  </si>
+  <si>
+    <t>2025-12-26 09:00:14</t>
+  </si>
+  <si>
+    <t>Processed for clearance at POINTE NOIRE-COG</t>
+  </si>
+  <si>
+    <t>Arrived at DHL Sort Facility POINTE NOIRE-COG</t>
+  </si>
+  <si>
+    <t>2025-12-26 08:57:47</t>
+  </si>
+  <si>
+    <t>Shipment has departed from a DHL facility LIBREVILLE-GAB</t>
+  </si>
+  <si>
+    <t>2025-12-26 04:00:58</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>Scheduled to depart on the next planned movement</t>
+  </si>
+  <si>
+    <t>2025-12-25 18:33:53</t>
+  </si>
+  <si>
+    <t>Processed at LIBREVILLE-GAB</t>
+  </si>
+  <si>
+    <t>2025-12-25 18:31:55</t>
+  </si>
+  <si>
+    <t>Arrived at DHL Sort Facility LIBREVILLE-GAB</t>
+  </si>
+  <si>
+    <t>2025-12-25 18:29:20</t>
+  </si>
+  <si>
+    <t>Shipment has departed from a DHL facility LAGOS-NGR</t>
+  </si>
+  <si>
+    <t>2025-12-25 17:07:58</t>
+  </si>
+  <si>
+    <t>Processed at LAGOS-NGR</t>
+  </si>
+  <si>
+    <t>2025-12-25 16:32:17</t>
+  </si>
+  <si>
+    <t>Shipment has departed from a DHL facility BRUSSELS-BEL</t>
+  </si>
+  <si>
+    <t>2025-12-25 06:51:12</t>
+  </si>
+  <si>
+    <t>Shipment is in transit to destination</t>
+  </si>
+  <si>
+    <t>2025-12-25 06:50:48</t>
+  </si>
+  <si>
+    <t>Shipment has departed from a DHL facility LEIPZIG,SN-DEU</t>
+  </si>
+  <si>
+    <t>2025-12-25 03:45:46</t>
+  </si>
+  <si>
+    <t>Processed at LEIPZIG,SN-DEU</t>
+  </si>
+  <si>
+    <t>2025-12-24 21:34:54</t>
+  </si>
+  <si>
+    <t>Arrived at DHL Sort Facility LEIPZIG,SN-DEU</t>
+  </si>
+  <si>
+    <t>2025-12-24 18:31:54</t>
+  </si>
+  <si>
+    <t>Shipment has departed from a DHL facility BAHRAIN-BHR</t>
+  </si>
+  <si>
+    <t>2025-12-24 13:31:58</t>
+  </si>
+  <si>
+    <t>2025-12-24 12:12:39</t>
+  </si>
+  <si>
+    <t>Shipment has departed from a DHL facility SINGAPORE-SGP</t>
+  </si>
+  <si>
+    <t>2025-12-24 04:08:58</t>
+  </si>
+  <si>
+    <t>Processed at SINGAPORE-SGP</t>
+  </si>
+  <si>
+    <t>2025-12-24 00:57:40</t>
+  </si>
+  <si>
+    <t>2025-12-23 21:35:46</t>
+  </si>
+  <si>
+    <t>Arrived at DHL Sort Facility SINGAPORE-SGP</t>
+  </si>
+  <si>
+    <t>2025-12-23 19:51:46</t>
+  </si>
+  <si>
+    <t>2025-12-23 18:58:58</t>
+  </si>
+  <si>
+    <t>2025-12-23 18:30:46</t>
+  </si>
+  <si>
+    <t>pre_transit</t>
+  </si>
+  <si>
+    <t>Shipment picked up</t>
+  </si>
+  <si>
+    <t>2025-12-23 15:41:24</t>
+  </si>
+  <si>
+    <t>Shipment information received</t>
+  </si>
+  <si>
+    <t>2025-12-22 09:20:35</t>
+  </si>
+  <si>
+    <t>Supplementary information has been received and merged with applicable shipment data</t>
   </si>
   <si>
     <t>sistema</t>
   </si>
   <si>
     <t>578901 dhl 5196420821</t>
   </si>
   <si>
     <t>2025-03-13 16:54:27</t>
   </si>
   <si>
     <t>date imported</t>
   </si>
   <si>
     <t>2024-10-16 02:15:56</t>
   </si>
   <si>
     <t>date cbt</t>
   </si>
   <si>
     <t>2024-10-16 01:26:36</t>
   </si>
   <si>
     <t>11188145  80.99</t>
   </si>
@@ -412,193 +589,1440 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69884041</v>
+        <v>70577297</v>
       </c>
       <c r="B2">
-        <v>7.5700467125789E+15</v>
+        <v>5196420821</v>
       </c>
       <c r="C2">
         <v>578901</v>
       </c>
       <c r="D2">
         <v>7570046712</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>12</v>
+      </c>
       <c r="I2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69884043</v>
+        <v>70577298</v>
       </c>
       <c r="B3">
-        <v>7.5700467125789E+15</v>
+        <v>5196420821</v>
       </c>
       <c r="C3">
         <v>578901</v>
       </c>
       <c r="D3">
         <v>7570046712</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H3"/>
+        <v>11</v>
+      </c>
+      <c r="H3" t="s">
+        <v>12</v>
+      </c>
       <c r="I3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69884044</v>
+        <v>70577296</v>
       </c>
       <c r="B4">
-        <v>7.5700467125789E+15</v>
+        <v>5196420821</v>
       </c>
       <c r="C4">
         <v>578901</v>
       </c>
       <c r="D4">
         <v>7570046712</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
-      <c r="H4"/>
+      <c r="H4" t="s">
+        <v>12</v>
+      </c>
       <c r="I4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69884042</v>
+        <v>70577295</v>
       </c>
       <c r="B5">
+        <v>5196420821</v>
+      </c>
+      <c r="C5">
+        <v>578901</v>
+      </c>
+      <c r="D5">
+        <v>7570046712</v>
+      </c>
+      <c r="E5" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6">
+        <v>70577294</v>
+      </c>
+      <c r="B6">
+        <v>5196420821</v>
+      </c>
+      <c r="C6">
+        <v>578901</v>
+      </c>
+      <c r="D6">
+        <v>7570046712</v>
+      </c>
+      <c r="E6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7">
+        <v>70577293</v>
+      </c>
+      <c r="B7">
+        <v>5196420821</v>
+      </c>
+      <c r="C7">
+        <v>578901</v>
+      </c>
+      <c r="D7">
+        <v>7570046712</v>
+      </c>
+      <c r="E7" t="s">
+        <v>9</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I7" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8">
+        <v>70577291</v>
+      </c>
+      <c r="B8">
+        <v>5196420821</v>
+      </c>
+      <c r="C8">
+        <v>578901</v>
+      </c>
+      <c r="D8">
+        <v>7570046712</v>
+      </c>
+      <c r="E8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9">
+        <v>70577292</v>
+      </c>
+      <c r="B9">
+        <v>5196420821</v>
+      </c>
+      <c r="C9">
+        <v>578901</v>
+      </c>
+      <c r="D9">
+        <v>7570046712</v>
+      </c>
+      <c r="E9" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>17</v>
+      </c>
+      <c r="H9" t="s">
+        <v>12</v>
+      </c>
+      <c r="I9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10">
+        <v>70577289</v>
+      </c>
+      <c r="B10">
+        <v>5196420821</v>
+      </c>
+      <c r="C10">
+        <v>578901</v>
+      </c>
+      <c r="D10">
+        <v>7570046712</v>
+      </c>
+      <c r="E10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H10" t="s">
+        <v>12</v>
+      </c>
+      <c r="I10" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11">
+        <v>70577290</v>
+      </c>
+      <c r="B11">
+        <v>5196420821</v>
+      </c>
+      <c r="C11">
+        <v>578901</v>
+      </c>
+      <c r="D11">
+        <v>7570046712</v>
+      </c>
+      <c r="E11" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>18</v>
+      </c>
+      <c r="H11" t="s">
+        <v>12</v>
+      </c>
+      <c r="I11" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12">
+        <v>70577288</v>
+      </c>
+      <c r="B12">
+        <v>5196420821</v>
+      </c>
+      <c r="C12">
+        <v>578901</v>
+      </c>
+      <c r="D12">
+        <v>7570046712</v>
+      </c>
+      <c r="E12" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>19</v>
+      </c>
+      <c r="H12" t="s">
+        <v>12</v>
+      </c>
+      <c r="I12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13">
+        <v>70577287</v>
+      </c>
+      <c r="B13">
+        <v>5196420821</v>
+      </c>
+      <c r="C13">
+        <v>578901</v>
+      </c>
+      <c r="D13">
+        <v>7570046712</v>
+      </c>
+      <c r="E13" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>19</v>
+      </c>
+      <c r="H13" t="s">
+        <v>12</v>
+      </c>
+      <c r="I13" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14">
+        <v>70577286</v>
+      </c>
+      <c r="B14">
+        <v>5196420821</v>
+      </c>
+      <c r="C14">
+        <v>578901</v>
+      </c>
+      <c r="D14">
+        <v>7570046712</v>
+      </c>
+      <c r="E14" t="s">
+        <v>9</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15">
+        <v>70577285</v>
+      </c>
+      <c r="B15">
+        <v>5196420821</v>
+      </c>
+      <c r="C15">
+        <v>578901</v>
+      </c>
+      <c r="D15">
+        <v>7570046712</v>
+      </c>
+      <c r="E15" t="s">
+        <v>9</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>20</v>
+      </c>
+      <c r="H15" t="s">
+        <v>12</v>
+      </c>
+      <c r="I15" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16">
+        <v>70577283</v>
+      </c>
+      <c r="B16">
+        <v>5196420821</v>
+      </c>
+      <c r="C16">
+        <v>578901</v>
+      </c>
+      <c r="D16">
+        <v>7570046712</v>
+      </c>
+      <c r="E16" t="s">
+        <v>9</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>21</v>
+      </c>
+      <c r="H16" t="s">
+        <v>12</v>
+      </c>
+      <c r="I16" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17">
+        <v>70577284</v>
+      </c>
+      <c r="B17">
+        <v>5196420821</v>
+      </c>
+      <c r="C17">
+        <v>578901</v>
+      </c>
+      <c r="D17">
+        <v>7570046712</v>
+      </c>
+      <c r="E17" t="s">
+        <v>9</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>21</v>
+      </c>
+      <c r="H17" t="s">
+        <v>12</v>
+      </c>
+      <c r="I17" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18">
+        <v>70577282</v>
+      </c>
+      <c r="B18">
+        <v>5196420821</v>
+      </c>
+      <c r="C18">
+        <v>578901</v>
+      </c>
+      <c r="D18">
+        <v>7570046712</v>
+      </c>
+      <c r="E18" t="s">
+        <v>9</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18" t="s">
+        <v>12</v>
+      </c>
+      <c r="I18" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19">
+        <v>70577281</v>
+      </c>
+      <c r="B19">
+        <v>5196420821</v>
+      </c>
+      <c r="C19">
+        <v>578901</v>
+      </c>
+      <c r="D19">
+        <v>7570046712</v>
+      </c>
+      <c r="E19" t="s">
+        <v>9</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19" t="s">
+        <v>12</v>
+      </c>
+      <c r="I19" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20">
+        <v>70577280</v>
+      </c>
+      <c r="B20">
+        <v>5196420821</v>
+      </c>
+      <c r="C20">
+        <v>578901</v>
+      </c>
+      <c r="D20">
+        <v>7570046712</v>
+      </c>
+      <c r="E20" t="s">
+        <v>9</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>23</v>
+      </c>
+      <c r="H20" t="s">
+        <v>12</v>
+      </c>
+      <c r="I20" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21">
+        <v>70577279</v>
+      </c>
+      <c r="B21">
+        <v>5196420821</v>
+      </c>
+      <c r="C21">
+        <v>578901</v>
+      </c>
+      <c r="D21">
+        <v>7570046712</v>
+      </c>
+      <c r="E21" t="s">
+        <v>9</v>
+      </c>
+      <c r="F21" t="s">
+        <v>24</v>
+      </c>
+      <c r="G21" t="s">
+        <v>23</v>
+      </c>
+      <c r="H21" t="s">
+        <v>12</v>
+      </c>
+      <c r="I21" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22">
+        <v>70577278</v>
+      </c>
+      <c r="B22">
+        <v>5196420821</v>
+      </c>
+      <c r="C22">
+        <v>578901</v>
+      </c>
+      <c r="D22">
+        <v>7570046712</v>
+      </c>
+      <c r="E22" t="s">
+        <v>9</v>
+      </c>
+      <c r="F22" t="s">
+        <v>25</v>
+      </c>
+      <c r="G22" t="s">
+        <v>26</v>
+      </c>
+      <c r="H22" t="s">
+        <v>12</v>
+      </c>
+      <c r="I22" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23">
+        <v>70577277</v>
+      </c>
+      <c r="B23">
+        <v>5196420821</v>
+      </c>
+      <c r="C23">
+        <v>578901</v>
+      </c>
+      <c r="D23">
+        <v>7570046712</v>
+      </c>
+      <c r="E23" t="s">
+        <v>9</v>
+      </c>
+      <c r="F23" t="s">
+        <v>27</v>
+      </c>
+      <c r="G23" t="s">
+        <v>28</v>
+      </c>
+      <c r="H23" t="s">
+        <v>12</v>
+      </c>
+      <c r="I23" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24">
+        <v>70577276</v>
+      </c>
+      <c r="B24">
+        <v>5196420821</v>
+      </c>
+      <c r="C24">
+        <v>578901</v>
+      </c>
+      <c r="D24">
+        <v>7570046712</v>
+      </c>
+      <c r="E24" t="s">
+        <v>29</v>
+      </c>
+      <c r="F24" t="s">
+        <v>30</v>
+      </c>
+      <c r="G24" t="s">
+        <v>31</v>
+      </c>
+      <c r="H24" t="s">
+        <v>12</v>
+      </c>
+      <c r="I24" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25">
+        <v>70577275</v>
+      </c>
+      <c r="B25">
+        <v>5196420821</v>
+      </c>
+      <c r="C25">
+        <v>578901</v>
+      </c>
+      <c r="D25">
+        <v>7570046712</v>
+      </c>
+      <c r="E25" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" t="s">
+        <v>32</v>
+      </c>
+      <c r="G25" t="s">
+        <v>33</v>
+      </c>
+      <c r="H25" t="s">
+        <v>12</v>
+      </c>
+      <c r="I25" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26">
+        <v>70577274</v>
+      </c>
+      <c r="B26">
+        <v>5196420821</v>
+      </c>
+      <c r="C26">
+        <v>578901</v>
+      </c>
+      <c r="D26">
+        <v>7570046712</v>
+      </c>
+      <c r="E26" t="s">
+        <v>9</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26" t="s">
+        <v>12</v>
+      </c>
+      <c r="I26" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27">
+        <v>70577273</v>
+      </c>
+      <c r="B27">
+        <v>5196420821</v>
+      </c>
+      <c r="C27">
+        <v>578901</v>
+      </c>
+      <c r="D27">
+        <v>7570046712</v>
+      </c>
+      <c r="E27" t="s">
+        <v>9</v>
+      </c>
+      <c r="F27" t="s">
+        <v>36</v>
+      </c>
+      <c r="G27" t="s">
+        <v>37</v>
+      </c>
+      <c r="H27" t="s">
+        <v>12</v>
+      </c>
+      <c r="I27" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28">
+        <v>70577272</v>
+      </c>
+      <c r="B28">
+        <v>5196420821</v>
+      </c>
+      <c r="C28">
+        <v>578901</v>
+      </c>
+      <c r="D28">
+        <v>7570046712</v>
+      </c>
+      <c r="E28" t="s">
+        <v>9</v>
+      </c>
+      <c r="F28" t="s">
+        <v>38</v>
+      </c>
+      <c r="G28" t="s">
+        <v>39</v>
+      </c>
+      <c r="H28" t="s">
+        <v>12</v>
+      </c>
+      <c r="I28" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29">
+        <v>70577271</v>
+      </c>
+      <c r="B29">
+        <v>5196420821</v>
+      </c>
+      <c r="C29">
+        <v>578901</v>
+      </c>
+      <c r="D29">
+        <v>7570046712</v>
+      </c>
+      <c r="E29" t="s">
+        <v>9</v>
+      </c>
+      <c r="F29" t="s">
+        <v>40</v>
+      </c>
+      <c r="G29" t="s">
+        <v>41</v>
+      </c>
+      <c r="H29" t="s">
+        <v>12</v>
+      </c>
+      <c r="I29" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30">
+        <v>70577270</v>
+      </c>
+      <c r="B30">
+        <v>5196420821</v>
+      </c>
+      <c r="C30">
+        <v>578901</v>
+      </c>
+      <c r="D30">
+        <v>7570046712</v>
+      </c>
+      <c r="E30" t="s">
+        <v>9</v>
+      </c>
+      <c r="F30" t="s">
+        <v>42</v>
+      </c>
+      <c r="G30" t="s">
+        <v>43</v>
+      </c>
+      <c r="H30" t="s">
+        <v>12</v>
+      </c>
+      <c r="I30" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31">
+        <v>70577269</v>
+      </c>
+      <c r="B31">
+        <v>5196420821</v>
+      </c>
+      <c r="C31">
+        <v>578901</v>
+      </c>
+      <c r="D31">
+        <v>7570046712</v>
+      </c>
+      <c r="E31" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" t="s">
+        <v>44</v>
+      </c>
+      <c r="G31" t="s">
+        <v>45</v>
+      </c>
+      <c r="H31" t="s">
+        <v>12</v>
+      </c>
+      <c r="I31" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32">
+        <v>70577268</v>
+      </c>
+      <c r="B32">
+        <v>5196420821</v>
+      </c>
+      <c r="C32">
+        <v>578901</v>
+      </c>
+      <c r="D32">
+        <v>7570046712</v>
+      </c>
+      <c r="E32" t="s">
+        <v>9</v>
+      </c>
+      <c r="F32" t="s">
+        <v>46</v>
+      </c>
+      <c r="G32" t="s">
+        <v>47</v>
+      </c>
+      <c r="H32" t="s">
+        <v>12</v>
+      </c>
+      <c r="I32" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33">
+        <v>70577267</v>
+      </c>
+      <c r="B33">
+        <v>5196420821</v>
+      </c>
+      <c r="C33">
+        <v>578901</v>
+      </c>
+      <c r="D33">
+        <v>7570046712</v>
+      </c>
+      <c r="E33" t="s">
+        <v>9</v>
+      </c>
+      <c r="F33" t="s">
+        <v>48</v>
+      </c>
+      <c r="G33" t="s">
+        <v>49</v>
+      </c>
+      <c r="H33" t="s">
+        <v>12</v>
+      </c>
+      <c r="I33" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34">
+        <v>70577266</v>
+      </c>
+      <c r="B34">
+        <v>5196420821</v>
+      </c>
+      <c r="C34">
+        <v>578901</v>
+      </c>
+      <c r="D34">
+        <v>7570046712</v>
+      </c>
+      <c r="E34" t="s">
+        <v>9</v>
+      </c>
+      <c r="F34" t="s">
+        <v>50</v>
+      </c>
+      <c r="G34" t="s">
+        <v>51</v>
+      </c>
+      <c r="H34" t="s">
+        <v>12</v>
+      </c>
+      <c r="I34" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35">
+        <v>70577265</v>
+      </c>
+      <c r="B35">
+        <v>5196420821</v>
+      </c>
+      <c r="C35">
+        <v>578901</v>
+      </c>
+      <c r="D35">
+        <v>7570046712</v>
+      </c>
+      <c r="E35" t="s">
+        <v>9</v>
+      </c>
+      <c r="F35" t="s">
+        <v>42</v>
+      </c>
+      <c r="G35" t="s">
+        <v>52</v>
+      </c>
+      <c r="H35" t="s">
+        <v>12</v>
+      </c>
+      <c r="I35" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36">
+        <v>70577264</v>
+      </c>
+      <c r="B36">
+        <v>5196420821</v>
+      </c>
+      <c r="C36">
+        <v>578901</v>
+      </c>
+      <c r="D36">
+        <v>7570046712</v>
+      </c>
+      <c r="E36" t="s">
+        <v>9</v>
+      </c>
+      <c r="F36" t="s">
+        <v>53</v>
+      </c>
+      <c r="G36" t="s">
+        <v>54</v>
+      </c>
+      <c r="H36" t="s">
+        <v>12</v>
+      </c>
+      <c r="I36" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37">
+        <v>70577263</v>
+      </c>
+      <c r="B37">
+        <v>5196420821</v>
+      </c>
+      <c r="C37">
+        <v>578901</v>
+      </c>
+      <c r="D37">
+        <v>7570046712</v>
+      </c>
+      <c r="E37" t="s">
+        <v>9</v>
+      </c>
+      <c r="F37" t="s">
+        <v>55</v>
+      </c>
+      <c r="G37" t="s">
+        <v>56</v>
+      </c>
+      <c r="H37" t="s">
+        <v>12</v>
+      </c>
+      <c r="I37" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38">
+        <v>70577262</v>
+      </c>
+      <c r="B38">
+        <v>5196420821</v>
+      </c>
+      <c r="C38">
+        <v>578901</v>
+      </c>
+      <c r="D38">
+        <v>7570046712</v>
+      </c>
+      <c r="E38" t="s">
+        <v>9</v>
+      </c>
+      <c r="F38" t="s">
+        <v>55</v>
+      </c>
+      <c r="G38" t="s">
+        <v>57</v>
+      </c>
+      <c r="H38" t="s">
+        <v>12</v>
+      </c>
+      <c r="I38" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39">
+        <v>70577261</v>
+      </c>
+      <c r="B39">
+        <v>5196420821</v>
+      </c>
+      <c r="C39">
+        <v>578901</v>
+      </c>
+      <c r="D39">
+        <v>7570046712</v>
+      </c>
+      <c r="E39" t="s">
+        <v>9</v>
+      </c>
+      <c r="F39" t="s">
+        <v>58</v>
+      </c>
+      <c r="G39" t="s">
+        <v>59</v>
+      </c>
+      <c r="H39" t="s">
+        <v>12</v>
+      </c>
+      <c r="I39" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40">
+        <v>70577260</v>
+      </c>
+      <c r="B40">
+        <v>5196420821</v>
+      </c>
+      <c r="C40">
+        <v>578901</v>
+      </c>
+      <c r="D40">
+        <v>7570046712</v>
+      </c>
+      <c r="E40" t="s">
+        <v>9</v>
+      </c>
+      <c r="F40" t="s">
+        <v>53</v>
+      </c>
+      <c r="G40" t="s">
+        <v>60</v>
+      </c>
+      <c r="H40" t="s">
+        <v>12</v>
+      </c>
+      <c r="I40" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41">
+        <v>70577259</v>
+      </c>
+      <c r="B41">
+        <v>5196420821</v>
+      </c>
+      <c r="C41">
+        <v>578901</v>
+      </c>
+      <c r="D41">
+        <v>7570046712</v>
+      </c>
+      <c r="E41" t="s">
+        <v>9</v>
+      </c>
+      <c r="F41" t="s">
+        <v>55</v>
+      </c>
+      <c r="G41" t="s">
+        <v>61</v>
+      </c>
+      <c r="H41" t="s">
+        <v>12</v>
+      </c>
+      <c r="I41" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42">
+        <v>70577258</v>
+      </c>
+      <c r="B42">
+        <v>5196420821</v>
+      </c>
+      <c r="C42">
+        <v>578901</v>
+      </c>
+      <c r="D42">
+        <v>7570046712</v>
+      </c>
+      <c r="E42" t="s">
+        <v>62</v>
+      </c>
+      <c r="F42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G42" t="s">
+        <v>64</v>
+      </c>
+      <c r="H42" t="s">
+        <v>12</v>
+      </c>
+      <c r="I42" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43">
+        <v>70577256</v>
+      </c>
+      <c r="B43">
+        <v>5196420821</v>
+      </c>
+      <c r="C43">
+        <v>578901</v>
+      </c>
+      <c r="D43">
+        <v>7570046712</v>
+      </c>
+      <c r="E43" t="s">
+        <v>62</v>
+      </c>
+      <c r="F43" t="s">
+        <v>65</v>
+      </c>
+      <c r="G43" t="s">
+        <v>66</v>
+      </c>
+      <c r="H43" t="s">
+        <v>12</v>
+      </c>
+      <c r="I43" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44">
+        <v>70577257</v>
+      </c>
+      <c r="B44">
+        <v>5196420821</v>
+      </c>
+      <c r="C44">
+        <v>578901</v>
+      </c>
+      <c r="D44">
+        <v>7570046712</v>
+      </c>
+      <c r="E44" t="s">
+        <v>29</v>
+      </c>
+      <c r="F44" t="s">
+        <v>67</v>
+      </c>
+      <c r="G44" t="s">
+        <v>66</v>
+      </c>
+      <c r="H44" t="s">
+        <v>12</v>
+      </c>
+      <c r="I44" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45">
+        <v>70553158</v>
+      </c>
+      <c r="B45">
         <v>7.5700467125789E+15</v>
       </c>
-      <c r="C5">
-[...16 lines deleted...]
-        <v>9</v>
+      <c r="C45">
+        <v>578901</v>
+      </c>
+      <c r="D45">
+        <v>7570046712</v>
+      </c>
+      <c r="E45" t="s">
+        <v>68</v>
+      </c>
+      <c r="F45" t="s">
+        <v>69</v>
+      </c>
+      <c r="G45" t="s">
+        <v>70</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46">
+        <v>70553160</v>
+      </c>
+      <c r="B46">
+        <v>7.5700467125789E+15</v>
+      </c>
+      <c r="C46">
+        <v>578901</v>
+      </c>
+      <c r="D46">
+        <v>7570046712</v>
+      </c>
+      <c r="E46" t="s">
+        <v>68</v>
+      </c>
+      <c r="F46" t="s">
+        <v>71</v>
+      </c>
+      <c r="G46" t="s">
+        <v>72</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47">
+        <v>70553161</v>
+      </c>
+      <c r="B47">
+        <v>7.5700467125789E+15</v>
+      </c>
+      <c r="C47">
+        <v>578901</v>
+      </c>
+      <c r="D47">
+        <v>7570046712</v>
+      </c>
+      <c r="E47" t="s">
+        <v>68</v>
+      </c>
+      <c r="F47" t="s">
+        <v>73</v>
+      </c>
+      <c r="G47" t="s">
+        <v>74</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48">
+        <v>70553159</v>
+      </c>
+      <c r="B48">
+        <v>7.5700467125789E+15</v>
+      </c>
+      <c r="C48">
+        <v>578901</v>
+      </c>
+      <c r="D48">
+        <v>7570046712</v>
+      </c>
+      <c r="E48" t="s">
+        <v>68</v>
+      </c>
+      <c r="F48" t="s">
+        <v>75</v>
+      </c>
+      <c r="G48" t="s">
+        <v>76</v>
+      </c>
+      <c r="H48"/>
+      <c r="I48" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">