--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -143,57 +143,57 @@
   <si>
     <t>2021-05-16 16:03:53</t>
   </si>
   <si>
     <t>2021-05-16 15:55:15</t>
   </si>
   <si>
     <t>2021-05-15 15:33:20</t>
   </si>
   <si>
     <t>2021-05-15 14:40:59</t>
   </si>
   <si>
     <t>78155872-A485705</t>
   </si>
   <si>
     <t>sistema</t>
   </si>
   <si>
     <t>523500003885 correosdechile 990087256338</t>
   </si>
   <si>
     <t>2021-03-05 16:13:55</t>
   </si>
   <si>
+    <t>485705 eshopex 523500003885</t>
+  </si>
+  <si>
+    <t>2020-10-30 00:05:52</t>
+  </si>
+  <si>
     <t>523500003885 correosdechile 990079226711</t>
-  </si>
-[...4 lines deleted...]
-    <t>485705 eshopex 523500003885</t>
   </si>
   <si>
     <t>ENVIO DEVUELTO</t>
   </si>
   <si>
     <t>2020-09-16 09:59:00</t>
   </si>
   <si>
     <t>correosdechile</t>
   </si>
   <si>
     <t>failure</t>
   </si>
   <si>
     <t>PENDIENTE DE ENTREGA. CONTACTAR SERVICIO AL CLIENTE CORREOSCHILE</t>
   </si>
   <si>
     <t>2020-09-04 18:07:00</t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
     <t>PENDIENTE DE ENTREGA. CONTACTAR SERVICIO AL CLIENT - ENVIO DEVUELTO</t>
   </si>
@@ -1442,105 +1442,105 @@
       </c>
       <c r="C27">
         <v>485705</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27" t="s">
         <v>10</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>38</v>
       </c>
       <c r="H27" t="s">
         <v>13</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69862285</v>
+        <v>70254026</v>
       </c>
       <c r="B28" t="s">
         <v>39</v>
       </c>
       <c r="C28">
         <v>485705</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
       <c r="E28" t="s">
         <v>40</v>
       </c>
       <c r="F28" t="s">
         <v>41</v>
       </c>
       <c r="G28" t="s">
         <v>42</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69862284</v>
+        <v>70254024</v>
       </c>
       <c r="B29" t="s">
         <v>39</v>
       </c>
       <c r="C29">
         <v>485705</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29" t="s">
         <v>40</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>44</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69862283</v>
+        <v>70254025</v>
       </c>
       <c r="B30" t="s">
         <v>39</v>
       </c>
       <c r="C30">
         <v>485705</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30" t="s">
         <v>40</v>
       </c>
       <c r="F30" t="s">
         <v>45</v>
       </c>
       <c r="G30" t="s">
         <v>44</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:9">
@@ -2360,105 +2360,105 @@
       <c r="B59" t="s">
         <v>39</v>
       </c>
       <c r="C59">
         <v>485705</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
       <c r="E59" t="s">
         <v>86</v>
       </c>
       <c r="F59" t="s">
         <v>87</v>
       </c>
       <c r="G59" t="s">
         <v>88</v>
       </c>
       <c r="H59"/>
       <c r="I59" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>69862287</v>
+        <v>70254028</v>
       </c>
       <c r="B60" t="s">
         <v>39</v>
       </c>
       <c r="C60">
         <v>485705</v>
       </c>
       <c r="D60" t="s">
         <v>9</v>
       </c>
       <c r="E60" t="s">
         <v>40</v>
       </c>
       <c r="F60" t="s">
         <v>89</v>
       </c>
       <c r="G60" t="s">
         <v>90</v>
       </c>
       <c r="H60"/>
       <c r="I60" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>69862288</v>
+        <v>70254029</v>
       </c>
       <c r="B61" t="s">
         <v>39</v>
       </c>
       <c r="C61">
         <v>485705</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
       <c r="E61" t="s">
         <v>40</v>
       </c>
       <c r="F61" t="s">
         <v>91</v>
       </c>
       <c r="G61" t="s">
         <v>92</v>
       </c>
       <c r="H61"/>
       <c r="I61" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>69862286</v>
+        <v>70254027</v>
       </c>
       <c r="B62" t="s">
         <v>39</v>
       </c>
       <c r="C62">
         <v>485705</v>
       </c>
       <c r="D62" t="s">
         <v>9</v>
       </c>
       <c r="E62" t="s">
         <v>40</v>
       </c>
       <c r="F62" t="s">
         <v>93</v>
       </c>
       <c r="G62" t="s">
         <v>94</v>
       </c>
       <c r="H62"/>
       <c r="I62" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:9">