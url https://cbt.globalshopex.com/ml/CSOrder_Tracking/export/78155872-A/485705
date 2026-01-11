--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1442,105 +1442,105 @@
       </c>
       <c r="C27">
         <v>485705</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27" t="s">
         <v>10</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>38</v>
       </c>
       <c r="H27" t="s">
         <v>13</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70254026</v>
+        <v>70561773</v>
       </c>
       <c r="B28" t="s">
         <v>39</v>
       </c>
       <c r="C28">
         <v>485705</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
       <c r="E28" t="s">
         <v>40</v>
       </c>
       <c r="F28" t="s">
         <v>41</v>
       </c>
       <c r="G28" t="s">
         <v>42</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70254024</v>
+        <v>70561771</v>
       </c>
       <c r="B29" t="s">
         <v>39</v>
       </c>
       <c r="C29">
         <v>485705</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29" t="s">
         <v>40</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>44</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70254025</v>
+        <v>70561772</v>
       </c>
       <c r="B30" t="s">
         <v>39</v>
       </c>
       <c r="C30">
         <v>485705</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30" t="s">
         <v>40</v>
       </c>
       <c r="F30" t="s">
         <v>45</v>
       </c>
       <c r="G30" t="s">
         <v>44</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:9">
@@ -2360,105 +2360,105 @@
       <c r="B59" t="s">
         <v>39</v>
       </c>
       <c r="C59">
         <v>485705</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
       <c r="E59" t="s">
         <v>86</v>
       </c>
       <c r="F59" t="s">
         <v>87</v>
       </c>
       <c r="G59" t="s">
         <v>88</v>
       </c>
       <c r="H59"/>
       <c r="I59" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>70254028</v>
+        <v>70561775</v>
       </c>
       <c r="B60" t="s">
         <v>39</v>
       </c>
       <c r="C60">
         <v>485705</v>
       </c>
       <c r="D60" t="s">
         <v>9</v>
       </c>
       <c r="E60" t="s">
         <v>40</v>
       </c>
       <c r="F60" t="s">
         <v>89</v>
       </c>
       <c r="G60" t="s">
         <v>90</v>
       </c>
       <c r="H60"/>
       <c r="I60" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>70254029</v>
+        <v>70561776</v>
       </c>
       <c r="B61" t="s">
         <v>39</v>
       </c>
       <c r="C61">
         <v>485705</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
       <c r="E61" t="s">
         <v>40</v>
       </c>
       <c r="F61" t="s">
         <v>91</v>
       </c>
       <c r="G61" t="s">
         <v>92</v>
       </c>
       <c r="H61"/>
       <c r="I61" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>70254027</v>
+        <v>70561774</v>
       </c>
       <c r="B62" t="s">
         <v>39</v>
       </c>
       <c r="C62">
         <v>485705</v>
       </c>
       <c r="D62" t="s">
         <v>9</v>
       </c>
       <c r="E62" t="s">
         <v>40</v>
       </c>
       <c r="F62" t="s">
         <v>93</v>
       </c>
       <c r="G62" t="s">
         <v>94</v>
       </c>
       <c r="H62"/>
       <c r="I62" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:9">