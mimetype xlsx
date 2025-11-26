--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -535,451 +535,451 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69857519</v>
+        <v>70267109</v>
       </c>
       <c r="B2">
         <v>3067584833</v>
       </c>
       <c r="C2">
         <v>587514</v>
       </c>
       <c r="D2">
         <v>7820061495</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69857518</v>
+        <v>70267108</v>
       </c>
       <c r="B3">
         <v>3067584833</v>
       </c>
       <c r="C3">
         <v>587514</v>
       </c>
       <c r="D3">
         <v>7820061495</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69857517</v>
+        <v>70267107</v>
       </c>
       <c r="B4">
         <v>3067584833</v>
       </c>
       <c r="C4">
         <v>587514</v>
       </c>
       <c r="D4">
         <v>7820061495</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69857516</v>
+        <v>70267106</v>
       </c>
       <c r="B5">
         <v>3067584833</v>
       </c>
       <c r="C5">
         <v>587514</v>
       </c>
       <c r="D5">
         <v>7820061495</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69857515</v>
+        <v>70267105</v>
       </c>
       <c r="B6">
         <v>3067584833</v>
       </c>
       <c r="C6">
         <v>587514</v>
       </c>
       <c r="D6">
         <v>7820061495</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69857514</v>
+        <v>70267104</v>
       </c>
       <c r="B7">
         <v>3067584833</v>
       </c>
       <c r="C7">
         <v>587514</v>
       </c>
       <c r="D7">
         <v>7820061495</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69857513</v>
+        <v>70267103</v>
       </c>
       <c r="B8">
         <v>3067584833</v>
       </c>
       <c r="C8">
         <v>587514</v>
       </c>
       <c r="D8">
         <v>7820061495</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69857512</v>
+        <v>70267102</v>
       </c>
       <c r="B9">
         <v>3067584833</v>
       </c>
       <c r="C9">
         <v>587514</v>
       </c>
       <c r="D9">
         <v>7820061495</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69857511</v>
+        <v>70267101</v>
       </c>
       <c r="B10">
         <v>3067584833</v>
       </c>
       <c r="C10">
         <v>587514</v>
       </c>
       <c r="D10">
         <v>7820061495</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69857510</v>
+        <v>70267100</v>
       </c>
       <c r="B11">
         <v>3067584833</v>
       </c>
       <c r="C11">
         <v>587514</v>
       </c>
       <c r="D11">
         <v>7820061495</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69857509</v>
+        <v>70267099</v>
       </c>
       <c r="B12">
         <v>3067584833</v>
       </c>
       <c r="C12">
         <v>587514</v>
       </c>
       <c r="D12">
         <v>7820061495</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69857520</v>
+        <v>70267110</v>
       </c>
       <c r="B13">
         <v>7.8200614955875E+15</v>
       </c>
       <c r="C13">
         <v>587514</v>
       </c>
       <c r="D13">
         <v>7820061495</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="G13" t="s">
         <v>39</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69857522</v>
+        <v>70267112</v>
       </c>
       <c r="B14">
         <v>7.8200614955875E+15</v>
       </c>
       <c r="C14">
         <v>587514</v>
       </c>
       <c r="D14">
         <v>7820061495</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" t="s">
         <v>40</v>
       </c>
       <c r="G14" t="s">
         <v>41</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69857523</v>
+        <v>70267113</v>
       </c>
       <c r="B15">
         <v>7.8200614955875E+15</v>
       </c>
       <c r="C15">
         <v>587514</v>
       </c>
       <c r="D15">
         <v>7820061495</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>42</v>
       </c>
       <c r="G15" t="s">
         <v>43</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69857521</v>
+        <v>70267111</v>
       </c>
       <c r="B16">
         <v>7.8200614955875E+15</v>
       </c>
       <c r="C16">
         <v>587514</v>
       </c>
       <c r="D16">
         <v>7820061495</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>45</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>