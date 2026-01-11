--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -74,81 +74,81 @@
   <si>
     <t>dhl</t>
   </si>
   <si>
     <t>easypost</t>
   </si>
   <si>
     <t>out_for_delivery</t>
   </si>
   <si>
     <t>Shipment is out with courier for delivery</t>
   </si>
   <si>
     <t>2025-10-02 16:01:22</t>
   </si>
   <si>
     <t>in_transit</t>
   </si>
   <si>
     <t>Shipment is on hold</t>
   </si>
   <si>
     <t>2025-10-02 12:13:19</t>
   </si>
   <si>
-    <t>Arrived at DHL Delivery Facility MEXICO CITY-MEX</t>
+    <t>Arrived at DHL Delivery Facility ALVARO OBREGON,DF-MEX</t>
   </si>
   <si>
     <t>2025-10-02 12:13:07</t>
   </si>
   <si>
-    <t>Shipment has departed from a DHL facility MEXICO CITY HUB-MEX</t>
+    <t>Shipment has departed from a DHL facility MEXICO CITY HUB,MC-MEX</t>
   </si>
   <si>
     <t>2025-10-02 11:01:58</t>
   </si>
   <si>
-    <t>Processed at MEXICO CITY HUB-MEX</t>
+    <t>Processed at MEXICO CITY HUB,MC-MEX</t>
   </si>
   <si>
     <t>2025-10-02 10:56:34</t>
   </si>
   <si>
-    <t>Arrived at DHL Sort Facility MEXICO CITY HUB-MEX</t>
+    <t>Arrived at DHL Sort Facility MEXICO CITY HUB,MC-MEX</t>
   </si>
   <si>
     <t>2025-10-02 08:31:31</t>
   </si>
   <si>
-    <t>Shipment has departed from a DHL facility TORREON-MEX</t>
+    <t>Shipment has departed from a DHL facility TORREON,CL-MEX</t>
   </si>
   <si>
     <t>2025-10-01 19:07:58</t>
   </si>
   <si>
-    <t>Processed at TORREON-MEX</t>
+    <t>Processed at TORREON,CL-MEX</t>
   </si>
   <si>
     <t>2025-10-01 19:04:19</t>
   </si>
   <si>
     <t>pre_transit</t>
   </si>
   <si>
     <t>Shipment picked up</t>
   </si>
   <si>
     <t>2025-10-01 16:14:06</t>
   </si>
   <si>
     <t>Shipment information received</t>
   </si>
   <si>
     <t>2025-10-01 06:20:37</t>
   </si>
   <si>
     <t>sistema</t>
   </si>
   <si>
     <t>587514 dhl 3067584833</t>
   </si>
@@ -535,451 +535,451 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70267109</v>
+        <v>70602754</v>
       </c>
       <c r="B2">
         <v>3067584833</v>
       </c>
       <c r="C2">
         <v>587514</v>
       </c>
       <c r="D2">
         <v>7820061495</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70267108</v>
+        <v>70602753</v>
       </c>
       <c r="B3">
         <v>3067584833</v>
       </c>
       <c r="C3">
         <v>587514</v>
       </c>
       <c r="D3">
         <v>7820061495</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70267107</v>
+        <v>70602752</v>
       </c>
       <c r="B4">
         <v>3067584833</v>
       </c>
       <c r="C4">
         <v>587514</v>
       </c>
       <c r="D4">
         <v>7820061495</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70267106</v>
+        <v>70602751</v>
       </c>
       <c r="B5">
         <v>3067584833</v>
       </c>
       <c r="C5">
         <v>587514</v>
       </c>
       <c r="D5">
         <v>7820061495</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70267105</v>
+        <v>70602750</v>
       </c>
       <c r="B6">
         <v>3067584833</v>
       </c>
       <c r="C6">
         <v>587514</v>
       </c>
       <c r="D6">
         <v>7820061495</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70267104</v>
+        <v>70602749</v>
       </c>
       <c r="B7">
         <v>3067584833</v>
       </c>
       <c r="C7">
         <v>587514</v>
       </c>
       <c r="D7">
         <v>7820061495</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70267103</v>
+        <v>70602748</v>
       </c>
       <c r="B8">
         <v>3067584833</v>
       </c>
       <c r="C8">
         <v>587514</v>
       </c>
       <c r="D8">
         <v>7820061495</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70267102</v>
+        <v>70602747</v>
       </c>
       <c r="B9">
         <v>3067584833</v>
       </c>
       <c r="C9">
         <v>587514</v>
       </c>
       <c r="D9">
         <v>7820061495</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70267101</v>
+        <v>70602746</v>
       </c>
       <c r="B10">
         <v>3067584833</v>
       </c>
       <c r="C10">
         <v>587514</v>
       </c>
       <c r="D10">
         <v>7820061495</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70267100</v>
+        <v>70602745</v>
       </c>
       <c r="B11">
         <v>3067584833</v>
       </c>
       <c r="C11">
         <v>587514</v>
       </c>
       <c r="D11">
         <v>7820061495</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70267099</v>
+        <v>70602744</v>
       </c>
       <c r="B12">
         <v>3067584833</v>
       </c>
       <c r="C12">
         <v>587514</v>
       </c>
       <c r="D12">
         <v>7820061495</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70267110</v>
+        <v>70602755</v>
       </c>
       <c r="B13">
         <v>7.8200614955875E+15</v>
       </c>
       <c r="C13">
         <v>587514</v>
       </c>
       <c r="D13">
         <v>7820061495</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="G13" t="s">
         <v>39</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70267112</v>
+        <v>70602757</v>
       </c>
       <c r="B14">
         <v>7.8200614955875E+15</v>
       </c>
       <c r="C14">
         <v>587514</v>
       </c>
       <c r="D14">
         <v>7820061495</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" t="s">
         <v>40</v>
       </c>
       <c r="G14" t="s">
         <v>41</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70267113</v>
+        <v>70602758</v>
       </c>
       <c r="B15">
         <v>7.8200614955875E+15</v>
       </c>
       <c r="C15">
         <v>587514</v>
       </c>
       <c r="D15">
         <v>7820061495</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>42</v>
       </c>
       <c r="G15" t="s">
         <v>43</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70267111</v>
+        <v>70602756</v>
       </c>
       <c r="B16">
         <v>7.8200614955875E+15</v>
       </c>
       <c r="C16">
         <v>587514</v>
       </c>
       <c r="D16">
         <v>7820061495</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>45</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>