--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -62,57 +62,57 @@
   <si>
     <t>source</t>
   </si>
   <si>
     <t>85491977-A</t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
     <t>RECIBIDO PLANTA CEP RM - RECIBIDO PLANTA CEP RM</t>
   </si>
   <si>
     <t>2021-05-15 14:40:48</t>
   </si>
   <si>
     <t>eshopex</t>
   </si>
   <si>
     <t>85491977-A485504</t>
   </si>
   <si>
     <t>sistema</t>
   </si>
   <si>
+    <t>523500003849 correosdechile 990079229810</t>
+  </si>
+  <si>
+    <t>2020-09-18 05:08:27</t>
+  </si>
+  <si>
     <t>485504 eshopex 523500003849</t>
-  </si>
-[...4 lines deleted...]
-    <t>523500003849 correosdechile 990079229810</t>
   </si>
   <si>
     <t>pre_transit</t>
   </si>
   <si>
     <t>RECIBIDO EN PLANTA ORIGEN</t>
   </si>
   <si>
     <t>2020-08-20 18:45:00</t>
   </si>
   <si>
     <t>correosdechile</t>
   </si>
   <si>
     <t>RECIBIDO EN PLANTA ORIGEN - RECIBIDO PLANTA CEP RM</t>
   </si>
   <si>
     <t>shipped - RECIBIDO PLANTA CEP RM</t>
   </si>
   <si>
     <t>2020-08-12 17:00:00</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
@@ -555,78 +555,78 @@
       </c>
       <c r="C2">
         <v>485504</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69856180</v>
+        <v>70256522</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3">
         <v>485504</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69856181</v>
+        <v>70256521</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4">
         <v>485504</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9">
@@ -779,105 +779,105 @@
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10">
         <v>485504</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>32</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69856183</v>
+        <v>70256524</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11">
         <v>485504</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11" t="s">
         <v>35</v>
       </c>
       <c r="G11" t="s">
         <v>36</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69856182</v>
+        <v>70256523</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12">
         <v>485504</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>38</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69856184</v>
+        <v>70256525</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13">
         <v>485504</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>39</v>
       </c>
       <c r="G13" t="s">
         <v>40</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:9">