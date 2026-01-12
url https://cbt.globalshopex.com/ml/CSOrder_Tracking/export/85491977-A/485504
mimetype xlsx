--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -62,57 +62,57 @@
   <si>
     <t>source</t>
   </si>
   <si>
     <t>85491977-A</t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
     <t>RECIBIDO PLANTA CEP RM - RECIBIDO PLANTA CEP RM</t>
   </si>
   <si>
     <t>2021-05-15 14:40:48</t>
   </si>
   <si>
     <t>eshopex</t>
   </si>
   <si>
     <t>85491977-A485504</t>
   </si>
   <si>
     <t>sistema</t>
   </si>
   <si>
+    <t>485504 eshopex 523500003849</t>
+  </si>
+  <si>
+    <t>2020-09-18 05:08:27</t>
+  </si>
+  <si>
     <t>523500003849 correosdechile 990079229810</t>
-  </si>
-[...4 lines deleted...]
-    <t>485504 eshopex 523500003849</t>
   </si>
   <si>
     <t>pre_transit</t>
   </si>
   <si>
     <t>RECIBIDO EN PLANTA ORIGEN</t>
   </si>
   <si>
     <t>2020-08-20 18:45:00</t>
   </si>
   <si>
     <t>correosdechile</t>
   </si>
   <si>
     <t>RECIBIDO EN PLANTA ORIGEN - RECIBIDO PLANTA CEP RM</t>
   </si>
   <si>
     <t>shipped - RECIBIDO PLANTA CEP RM</t>
   </si>
   <si>
     <t>2020-08-12 17:00:00</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
@@ -555,78 +555,78 @@
       </c>
       <c r="C2">
         <v>485504</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70256522</v>
+        <v>70630412</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3">
         <v>485504</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70256521</v>
+        <v>70630413</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4">
         <v>485504</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9">
@@ -779,105 +779,105 @@
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10">
         <v>485504</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>32</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70256524</v>
+        <v>70630415</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11">
         <v>485504</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11" t="s">
         <v>35</v>
       </c>
       <c r="G11" t="s">
         <v>36</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70256523</v>
+        <v>70630414</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12">
         <v>485504</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>38</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70256525</v>
+        <v>70630416</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13">
         <v>485504</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>39</v>
       </c>
       <c r="G13" t="s">
         <v>40</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:9">