--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -519,78 +519,78 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69862180</v>
+        <v>70187247</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>487349</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69862179</v>
+        <v>70187246</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3">
         <v>487349</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -797,105 +797,105 @@
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11">
         <v>487349</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>29</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69862182</v>
+        <v>70187249</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12">
         <v>487349</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69862183</v>
+        <v>70187250</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13">
         <v>487349</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69862181</v>
+        <v>70187248</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14">
         <v>487349</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>