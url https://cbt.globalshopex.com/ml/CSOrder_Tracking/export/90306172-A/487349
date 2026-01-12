--- v1 (2025-11-25)
+++ v2 (2026-01-12)
@@ -519,78 +519,78 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70187247</v>
+        <v>70632062</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>487349</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70187246</v>
+        <v>70632061</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3">
         <v>487349</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -797,105 +797,105 @@
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11">
         <v>487349</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>29</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70187249</v>
+        <v>70632064</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12">
         <v>487349</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70187250</v>
+        <v>70632065</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13">
         <v>487349</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70187248</v>
+        <v>70632063</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14">
         <v>487349</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>