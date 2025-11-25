--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -527,105 +527,105 @@
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3">
         <v>487632</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69869095</v>
+        <v>70253828</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4">
         <v>487632</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69869096</v>
+        <v>70253829</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5">
         <v>487632</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69869090</v>
+        <v>70253827</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6">
         <v>487632</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>