--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -527,105 +527,105 @@
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3">
         <v>487632</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70253828</v>
+        <v>70320323</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4">
         <v>487632</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70253829</v>
+        <v>70320324</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5">
         <v>487632</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70253827</v>
+        <v>70320322</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6">
         <v>487632</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>