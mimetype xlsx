--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -516,78 +516,78 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69872438</v>
+        <v>70187257</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>487906</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69872437</v>
+        <v>70187256</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3">
         <v>487906</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -740,105 +740,105 @@
       </c>
       <c r="C9">
         <v>487906</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>16</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9" t="s">
         <v>32</v>
       </c>
       <c r="H9" t="s">
         <v>19</v>
       </c>
       <c r="I9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69872440</v>
+        <v>70187259</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10">
         <v>487906</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69872439</v>
+        <v>70187258</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11">
         <v>487906</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
         <v>35</v>
       </c>
       <c r="G11" t="s">
         <v>36</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69872441</v>
+        <v>70187260</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12">
         <v>487906</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>38</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>