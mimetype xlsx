--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -516,78 +516,78 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70187257</v>
+        <v>70279192</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>487906</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70187256</v>
+        <v>70279191</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3">
         <v>487906</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -740,105 +740,105 @@
       </c>
       <c r="C9">
         <v>487906</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>16</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9" t="s">
         <v>32</v>
       </c>
       <c r="H9" t="s">
         <v>19</v>
       </c>
       <c r="I9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70187259</v>
+        <v>70279194</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10">
         <v>487906</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70187258</v>
+        <v>70279193</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11">
         <v>487906</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
         <v>35</v>
       </c>
       <c r="G11" t="s">
         <v>36</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70187260</v>
+        <v>70279195</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12">
         <v>487906</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>38</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>