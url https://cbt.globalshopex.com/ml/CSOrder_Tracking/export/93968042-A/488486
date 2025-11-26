--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -514,51 +514,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69857176</v>
+        <v>70259579</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>488486</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -599,51 +599,51 @@
       </c>
       <c r="C4">
         <v>488486</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
       <c r="I4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69857175</v>
+        <v>70259578</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5">
         <v>488486</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>23</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
@@ -709,105 +709,105 @@
       </c>
       <c r="C8">
         <v>488486</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>18</v>
       </c>
       <c r="F8" t="s">
         <v>31</v>
       </c>
       <c r="G8" t="s">
         <v>32</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69857178</v>
+        <v>70259581</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9">
         <v>488486</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" t="s">
         <v>33</v>
       </c>
       <c r="G9" t="s">
         <v>34</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69857177</v>
+        <v>70259580</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10">
         <v>488486</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>35</v>
       </c>
       <c r="G10" t="s">
         <v>36</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69857179</v>
+        <v>70259582</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11">
         <v>488486</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
         <v>37</v>
       </c>
       <c r="G11" t="s">
         <v>38</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>