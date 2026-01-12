--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -514,51 +514,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70259579</v>
+        <v>70639028</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>488486</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -599,51 +599,51 @@
       </c>
       <c r="C4">
         <v>488486</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
       <c r="I4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70259578</v>
+        <v>70639026</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5">
         <v>488486</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>23</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
@@ -709,105 +709,105 @@
       </c>
       <c r="C8">
         <v>488486</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>18</v>
       </c>
       <c r="F8" t="s">
         <v>31</v>
       </c>
       <c r="G8" t="s">
         <v>32</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70259581</v>
+        <v>70639032</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9">
         <v>488486</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" t="s">
         <v>33</v>
       </c>
       <c r="G9" t="s">
         <v>34</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70259580</v>
+        <v>70639030</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10">
         <v>488486</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>35</v>
       </c>
       <c r="G10" t="s">
         <v>36</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70259582</v>
+        <v>70639033</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11">
         <v>488486</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
         <v>37</v>
       </c>
       <c r="G11" t="s">
         <v>38</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>