--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -570,51 +570,51 @@
       </c>
       <c r="C2">
         <v>491540</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69856570</v>
+        <v>70327190</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3">
         <v>491540</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -771,51 +771,51 @@
       </c>
       <c r="C9">
         <v>491540</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>33</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9" t="s">
         <v>13</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69856569</v>
+        <v>70327189</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10">
         <v>491540</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>35</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:9">
@@ -885,105 +885,105 @@
       </c>
       <c r="C13">
         <v>491540</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>21</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
       <c r="G13" t="s">
         <v>41</v>
       </c>
       <c r="H13" t="s">
         <v>32</v>
       </c>
       <c r="I13" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69856581</v>
+        <v>70327192</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14">
         <v>491540</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69856582</v>
+        <v>70327193</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15">
         <v>491540</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
         <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>45</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69856580</v>
+        <v>70327191</v>
       </c>
       <c r="B16" t="s">
         <v>14</v>
       </c>
       <c r="C16">
         <v>491540</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>15</v>
       </c>
       <c r="F16" t="s">
         <v>46</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>