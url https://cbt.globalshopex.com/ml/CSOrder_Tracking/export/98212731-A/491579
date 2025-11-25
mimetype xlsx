--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -639,51 +639,51 @@
       </c>
       <c r="C2">
         <v>491579</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69869101</v>
+        <v>70253816</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3">
         <v>491579</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -840,51 +840,51 @@
       </c>
       <c r="C9">
         <v>491579</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>28</v>
       </c>
       <c r="H9" t="s">
         <v>13</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69869100</v>
+        <v>70253815</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10">
         <v>491579</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:9">
@@ -1186,51 +1186,51 @@
       </c>
       <c r="C21">
         <v>491579</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21" t="s">
         <v>26</v>
       </c>
       <c r="F21" t="s">
         <v>47</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
         <v>13</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69869099</v>
+        <v>70253814</v>
       </c>
       <c r="B22" t="s">
         <v>14</v>
       </c>
       <c r="C22">
         <v>491579</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22" t="s">
         <v>15</v>
       </c>
       <c r="F22" t="s">
         <v>49</v>
       </c>
       <c r="G22" t="s">
         <v>50</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1383,105 +1383,105 @@
       <c r="B28" t="s">
         <v>14</v>
       </c>
       <c r="C28">
         <v>491579</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
       <c r="E28" t="s">
         <v>60</v>
       </c>
       <c r="F28" t="s">
         <v>61</v>
       </c>
       <c r="G28" t="s">
         <v>62</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69869103</v>
+        <v>70253818</v>
       </c>
       <c r="B29" t="s">
         <v>14</v>
       </c>
       <c r="C29">
         <v>491579</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29" t="s">
         <v>15</v>
       </c>
       <c r="F29" t="s">
         <v>63</v>
       </c>
       <c r="G29" t="s">
         <v>64</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69869102</v>
+        <v>70253817</v>
       </c>
       <c r="B30" t="s">
         <v>14</v>
       </c>
       <c r="C30">
         <v>491579</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30" t="s">
         <v>15</v>
       </c>
       <c r="F30" t="s">
         <v>65</v>
       </c>
       <c r="G30" t="s">
         <v>66</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69869104</v>
+        <v>70253819</v>
       </c>
       <c r="B31" t="s">
         <v>14</v>
       </c>
       <c r="C31">
         <v>491579</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31" t="s">
         <v>15</v>
       </c>
       <c r="F31" t="s">
         <v>67</v>
       </c>
       <c r="G31" t="s">
         <v>68</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:9">